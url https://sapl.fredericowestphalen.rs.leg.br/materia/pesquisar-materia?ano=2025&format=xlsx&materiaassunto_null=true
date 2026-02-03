--- v0 (2025-12-15)
+++ v1 (2026-02-03)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2550" uniqueCount="1097">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2814" uniqueCount="1218">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -621,50 +621,62 @@
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2013/indicacao_n_45.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que dê maior efetividade à Lei Municipal Nº 4.890, de 15/09/2021, que dispõe sobre o Programa Banco de Ração no município de Frederico Westphalen.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_n_46.2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Executivo Municipal que realize a reforma e adequações na pracinha de brinquedos da Praça da Matriz.</t>
   </si>
   <si>
+    <t>2120</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_n_47.2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo que encaminhe Projeto de Lei de incentivo financeiro a Agroindústria Nostra Família Alimentos Eirelli</t>
+  </si>
+  <si>
     <t>1831</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1831/mocao_de_aplaousos_n_1-_2025.pdf</t>
   </si>
   <si>
     <t>Homenagem à etnia polonesa pelos 150 anos de história e imigração no Brasil</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1832/mocao_de_apoio_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Apoio da Câmara de Vereadores de FW ao Movimento pela Securitização Rural no Rio Grande do Sul</t>
   </si>
   <si>
     <t>1833</t>
@@ -723,56 +735,65 @@
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1947/mocao_de_aplausos_08.2025.pdf</t>
   </si>
   <si>
     <t>Homenagem à Major Nédia Débora Ávila Giacomini, comandante interina do 37º Batalhão de Polícia Militar, pelos relevantes serviços prestados à segurança pública e à comunidade frederiquense.</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1976/mocao_de_aplausos_09.pdf</t>
   </si>
   <si>
     <t>Reconhecimento da segunda edição do evento Frederico Wyne Day e da consolidação da Associação dos Enófilos do Alto Uruguai – ENO Alto Uruguai (Autoria: Bancada do MDB, juntamente com todas as demais bancadas da Câmara – PDT, PL, Progressistas e PSDB).</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1988/mocao_de_apelo_10.2025.pdf</t>
   </si>
   <si>
     <t>Apelo à Aegea (Corsan) para que execute e/ou se responsabilize pela ligação e/ou custo da ligação da residência até a rede coletora dos serviços de saneamento básico no município de Frederico Westphalen.</t>
   </si>
   <si>
+    <t>2103</t>
+  </si>
+  <si>
+    <t>Poder Legislativo - Leg</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_de_aplausos_n_11.2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos aos 30 anos do Coral da URI de Frederico Westphalen.</t>
+  </si>
+  <si>
     <t>2022</t>
   </si>
   <si>
-    <t>Poder Legislativo - Leg</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2022/mocao_de_apoio_-_12.2025.pdf</t>
   </si>
   <si>
     <t>Apoio aos produtores de leite e entidades do setor diante da grave crise enfrentada na produção leiteira no RS e no Brasil.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
     <t>PDP</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1758/pedido_de_providencias_01-2025.pdf</t>
   </si>
   <si>
     <t>Solicita ао сhefe do Poder Executivo Municipal que providencie um abrigo no ponto de ônibus na Linha Encruzilhada.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1769/camscanner_18-03-2025_09.46-26.pdf</t>
@@ -1011,59 +1032,89 @@
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal que providencie a manutenção da estrada de acesso à Linha São Roque (Autoria: Bancadas do PDT e MDB).</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1955/pedido_de_providencias_n_29.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Poder Executivo Municipal a instalação de quebra-molas/faixa elevada na Rua Santos Dumont, no Bairro Fátima (Autoria: Bancadas do MDB e PDT).</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1961/pedido_de_providencia_n_30.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal a necessidade urgente de limpeza no Bairro Faguense.</t>
   </si>
   <si>
+    <t>2115</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2115/pedido_de_providencia_n_31.2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao chefe do Poder Executivo Municipal para que determine junto a secretaria competente a melhoria urgente da iluminação pública nos bairros da cidade e no interior do município.</t>
+  </si>
+  <si>
     <t>2009</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2009/pedido_de_providencias_n_32.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Poder Executivo Municipal melhorias na estrada da Linha Mazzonetto.</t>
   </si>
   <si>
+    <t>2097</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2097/pedido_de_providencia_n_33.2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ао сhefe do Poder Executivo Municipal por meio do setor competente, que sejam instalados dois controladores de velocidade (quebra-molas) na rua Santo Caeran.</t>
+  </si>
+  <si>
+    <t>2098</t>
+  </si>
+  <si>
+    <t>Poder Executivo - Exec</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2098/pedido_de_providencia_n_34.2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao chefe do Poder Executivo Municipal por meio do setor competente, que sejam instalados redutores de velocidade (quebra-molas ou lombadas eletrônicas) na marginal da br-386, em frente a Marina Veiculos e a Tchê Turbо.</t>
+  </si>
+  <si>
     <t>2020</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2020/pedido_de_providencia_n_35.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao chefe do Poder Executivo Municipal melhorias na Rua 14.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1893/projeto_de_decreto_legisaltivo_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Altera o Decreto Legislativo Nº 140/2023, que dispõe sobre a autorização de implementação e adequação do Sistema de Controle Legislativo e disciplina a sua utilização no âmbito da Câmara Municipal de Vereadores do Município de Frederico Westphalen (Manutenção do protocolo físico na Câmara Municipal até 30 de junho de 2026)</t>
   </si>
   <si>
     <t>2014</t>
@@ -1101,53 +1152,50 @@
   <si>
     <t>Concede o Título de Cidadão Frederiquense ao senhor Vilmar Garbin.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>Bancada do PSDB</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_de_decreto_legislativo_n_06.2025.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Frederiquense ao senhor Zacharias Valdemar Favero.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>Poder Executivo - Exec</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1922/projeto_de_lei_complementar_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Complementar Nº 018, de 04 de abril de 2025, que dispõe sobre o Código de Posturas do município de Frederico Westphalen</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1990/projeto_de_lei_complementar_002.2025.pdf</t>
   </si>
   <si>
     <t>Estabelece o Plano de Benefícios do Regime Próprio de Previdência Social dos Servidores Públicos Efetivos do Município de Frederico Westphalen.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1991/projeto_de_lei_complementar_003.2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Complementar Municipal Nº 001, de 20 de agosto de 1990, que dispõe sobre o Regime Jurídico dos Servidores Públicos do Município de Frederico Westphalen.</t>
   </si>
   <si>
     <t>2029</t>
@@ -1549,53 +1597,50 @@
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1911/projeto_de_lei_no_044.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar parceria para celebração do evento Comenda "O Barril", e custear despesas, e dá outras providências.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1841/projeto_de_lei_045.2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº*3.286 de 27 de junho de 2008.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1842/projeto_de_lei_046.2025.pdf</t>
   </si>
   <si>
     <t>Cria cargos em comissão no quadro de cargos em comissão e funções gratificadas de que dispõe o art. 19 da Lei Municipal n.° 1424/90 e dá outra providências.</t>
   </si>
   <si>
     <t>1914</t>
-  </si>
-[...1 lines deleted...]
-    <t>47</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_no_047.pdf</t>
   </si>
   <si>
     <t>Altera a redação do caput do art. 1º da Lei Municipal Nº 5.387, de 05 de maio de 2025, que dispõe sobre o Jeton aos membros da Comissão Permanente de Análise Técnica das Emendas Parlamentares Individuais Municipais.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_de_lei_048.2025.pdf</t>
   </si>
   <si>
     <t>Cria cargo em comissão de Coordenador Municipal da Defesa Civil no quadro de cargos em comissão e funções gratificadas de que dispõe o art. 19 da Lei Municipal n.º 1424/90 e dá outras providências.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>49</t>
   </si>
@@ -1861,74 +1906,116 @@
     <t>1926</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1926/projeto_de_lei_n-71.pdf</t>
   </si>
   <si>
     <t>Institui e dispõe sobre o Programa Municipal de Práticas Restaurativas no Município de Frederico Westphalen.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1927/projeto_de_lei_n-72.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 51 da Lei Municipal n° 2.690, de 11 de dezembro de 2002, que dispõe sobre os Profissionais da Educação, Institui Novo Plano de_x000D_
 Carreira e Remuneração do Magistério Público Municipal, e dá outras providências.</t>
   </si>
   <si>
+    <t>2117</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2117/projeto_de_lei_n_073.2025.pdf</t>
+  </si>
+  <si>
+    <t>2118</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_n_074.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a Celebrar Termo de Colaboração com Associação Empresarial de Frederico Westphalen ACI/CDL visando a realização dos eventos Frederico Em Luz e Páscoa e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2119</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2119/projeto_de_lei_n_075.2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Sistema de Estacionamento Rotativo Pago nas vias e logradouros públicos do Município de Frederico Westphalen/RS, e dá outras providências.</t>
+  </si>
+  <si>
     <t>1992</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1992/projeto_de_lei_n_076.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Custeio do Regime Próprio de Previdência Social dos Servidores Efetivos do Município de Frederico Westphalen.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_n_077-2025.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema de Estacionamento Rotativo Pago nas vias e logradouros públicos do Município de Frederico Westphalen.</t>
   </si>
   <si>
+    <t>2114</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2114/projeto_de_lei_n_078.2025.pdf</t>
+  </si>
+  <si>
     <t>1965</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1965/projeto_de_lei_n_079.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder patrocínio ao Guarani Futebol Clube (Valor R$ 200 mil).</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1966/projeto_de_lei_n_080.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder patrocínio à Associação Farroupilha Frederiquense (Valor R$ 170 mil).</t>
   </si>
   <si>
     <t>1967</t>
@@ -2077,50 +2164,74 @@
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1986/projeto_de_lei_n_093.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar, em caráter temporário e emergencial, um psicólogo e um assistente social para compor a equipe do Programa Municipal Renascer, da Secretaria de Assistência Social e Habitação.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2003/projeto_de_lei_n_094.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação, em caráter temporário e emergencial, de dois motoristas para a Secretaria Municipal de Educação e Cultura.</t>
   </si>
   <si>
+    <t>2099</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2099/projeto_de_lei_n_095.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a convocação de Servidor Público detentor do cargo de Assessor Jurídico para regime suplementar de trabalho.</t>
+  </si>
+  <si>
+    <t>2100</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_n_096.2025_2.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre necessidade temporária de excepcional interesse público, autoriza contratação em caráter temporário e emergencial, e dá outras providências.</t>
+  </si>
+  <si>
     <t>2006</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2006/projeto_de_lei_n_097.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo Municipal a contratar, em caráter temporário e emergencial, profissional para a Secretaria Municipal de Saúde (condutor de veículos de emergência do Samu).</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1998/projeto_de_lei_n_098.2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do Artigo 353 da Lei Complementar Nº 004/2018 que dispõe sobre o Código Tributário Municipal.</t>
   </si>
   <si>
     <t>1999</t>
@@ -2170,98 +2281,311 @@
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2001/projeto_de_lei_n_103.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação temporária, por tempo determinado, de pessoal para atender o Programa Municipal de Acolhimento e Atenção a Migrantes em situação de vulnerabilidade, e autoriza a abertura de crédito adicional (um agente administrativo auxiliar, um educador social, um assistente social e um psicólogo).</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2024/projeto_de_lei_n_104.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implementação e aplicação da Lei Geral de Proteção de Dados Pessoais (LGPD), no âmbito da Administração Municipal.</t>
   </si>
   <si>
+    <t>2116</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2116/projeto_de_lei_n_105.2025.pdf</t>
+  </si>
+  <si>
+    <t>Declara situação temporária de excepcional interesse público o provimento da demanda de Profissionais para a Secretaria Municipal de Saúde, autoriza contratação em caráter temporário e emergencial, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2121</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2121/projeto_de_lei_n_106.2025.pdf</t>
+  </si>
+  <si>
+    <t>Cria Cargo em Comissão de Chefe do Transporte da Saúde para a Secretaria Municipal de Saúde no Quadro de Cargos em Comissão e Funções Gratificadas de que dispõe o art. 19 da Lei Municipal n.º 1.424/90, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2122</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2122/projeto_de_lei_n_107.2025.pdf</t>
+  </si>
+  <si>
+    <t>Cria Cargo em Comissão de Chefe do Transporte da Educação para a Secretaria Municipal de Educação e Cultura no Quadro de Cargos em Comissão e Funções Gratificadas de que dispõe o art. 19 da Lei Municipal n. 1.424/90, e dá outras providências.</t>
+  </si>
+  <si>
     <t>108</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2025/projeto_de_lei_n_108.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a receber a doação de uma fração de terras pertencente à Mitra Diocesana Frederico Westphalen, situada na Linha 21 de Abril.</t>
   </si>
   <si>
+    <t>2123</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2123/projeto_de_lei_n_109.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Municipal nº 5.349, de 18 de dezembro de 2024.</t>
+  </si>
+  <si>
     <t>2026</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2026/projeto_de_lei_n_110.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação, em caráter temporário e emergencial, de um enfermeiro para a Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2019/projeto_de_lei_n_111.2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos adicionais suplementares, no montante de R$ 2.770.000,00, com o objetivo de reforçar dotações orçamentárias das Secretarias Municipais de Educação e Cultura; Saúde; e Obras, Viação e Serviços Urbanos do município de Frederico Westphalen.</t>
+  </si>
+  <si>
+    <t>2124</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>Declara situação temporária de excepcional interesse público o provimento da demanda de Profissional de Educação Física e autoriza contratação em caráter temporário e emergencial, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2111</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2111/projeto_de_lei_n_113.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Municipal nº 5.365, de 07 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2028/pl_114_3.pdf</t>
   </si>
   <si>
     <t>Art. 1°. Esta Lei estima a Receita e fixa a Despesa do Município para o exercício financeiro_x000D_
 de 2026, compreendendo:_x000D_
 I - o Orçamento Fiscal, referente aos Poderes do Município, seus fundos, órgãos e entidades da Administração Pública Municipal Direta;_x000D_
 II - o Orçamento da Seguridade Social, abrangendo todas as entidades e órgãos da Administração Direta, referente as ações de saúde, previdência e assistência social.</t>
   </si>
   <si>
+    <t>2096</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_de_lei_n_115.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera o prazo de vigência do Plano Municipal de Educação – PME, que trata a Lei Municipal nº 4.193, de 13 de maio de 2015.</t>
+  </si>
+  <si>
+    <t>2125</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2125/projeto_de_lei_n_116.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Municipal n.°5.360, п.° 5.368, n.° 5.385 e n.° 5470 de 2025.</t>
+  </si>
+  <si>
+    <t>2094</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2094/projeto_de_lei_n_117.2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos da Lei Municipal n.° 5.349/2024 que Estima a Receita e Fixa as Despesas para о Exercício de 2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2095</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2095/projeto_de_lei_n_118.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de créditos adicionais especiais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2088</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2088/projeto_de_lei_n_120.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Programa municipal de incentivos à implantação e ampliação de unidades de produção de suínos, de aves e de gado.</t>
+  </si>
+  <si>
+    <t>2089</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2089/projeto_de_lei_n_124.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a adesão do Município de Frederico Westphalen ao Consórcio Intermunicipal da Região do Alto Uruguai (Cirau)</t>
+  </si>
+  <si>
+    <t>2090</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2090/projeto_de_lei_n_125.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a firmar convênio com o Sindicato dos Servidores Públicos Municipais de Frederico Westphalen.</t>
+  </si>
+  <si>
+    <t>2091</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2091/projeto_de_lei_n_126.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a execução de obra de melhoria em via pública, declara de interesse público social e econômico e dispensa o lançamento e a cobrança da contribuição de melhoria da obra de capeamento asfáltico na Travessa Santa Teresinha, no Bairro Barril.</t>
+  </si>
+  <si>
+    <t>2092</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_de_lei_n_127.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a convocação de profissional detentor do cargo de veterinário para regime suplementar de trabalho.</t>
+  </si>
+  <si>
+    <t>2093</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2093/projeto_de_lei_n_129.2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui e regulamenta o PDDE Municipal que consiste em repasse de recursos financeiros para as unidades escolares de ensino fundamental e infantil da rede pública municipal de ensino.</t>
+  </si>
+  <si>
+    <t>2086</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2086/projeto_de_lei_n_130.2025.pdf</t>
+  </si>
+  <si>
+    <t>Declara de interesse público a construção de sede própria, desafeta imóvel público e autoriza sua doação ao Consórcio Intermunicipal Lar de Acolhimento São Francisco (Cilasfra).</t>
+  </si>
+  <si>
+    <t>2087</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2087/projeto_de_lei_n_131.2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Frederico Westphalen a formalizar acordo judicial com a empresa Biocon Indústria e Comércio de Materiais Ecológicos LTDA-ME.</t>
+  </si>
+  <si>
     <t>1750</t>
   </si>
   <si>
     <t>202501</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1750/projeto_de_lei_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 19 da Lei Municipal Nº 4.141/2015, que dispõe sobre os quadros e funções públicas da Câmara Municipal de Frederico Westphalen (Inclusão da Assessoria de Bancada do Partido Liberal, que também passa a ter representatividade na Câmara).</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>202502</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1751/projeto_de_lei_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Revisa os vencimentos e as gratificações dos servidores, ativos e inativos da Câmara de Vereadores de Frederico Westphalen (4,83% de reposição inflacionária e 1,44% de reajuste a título de aumento real, totalizando o percentual de 6,27%).</t>
   </si>
   <si>
     <t>1895</t>
@@ -2416,50 +2740,62 @@
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>202517</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1994/projeto_de_lei_n_17.2025.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública Municipal a Organização Não Governamental (ONG) Bicho do Mato.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>202518</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1987/projeto_de_lei_n_202518.pdf</t>
   </si>
   <si>
     <t>Altera os artigos 1º, 2º e 3º e acrescenta os artigos 4º e 5º à Lei Municipal Nº 1.875, de 20 de outubro de 1994, que determina normas para troca de nomes de logradouros públicos.</t>
   </si>
   <si>
+    <t>2101</t>
+  </si>
+  <si>
+    <t>202519</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_n_19.2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Semana Municipal do Bebê, no âmbito do Município de Frederico Westphalen, e dá outras providências.</t>
+  </si>
+  <si>
     <t>2008</t>
   </si>
   <si>
     <t>202520</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2008/projeto_de_lei_n_20.2025.pdf</t>
   </si>
   <si>
     <t>Institui a honraria “Título de Cidadão Emérito do município de Frederico Westphalen”.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>202522</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2027/projeto_de_lei_n_2025.22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso obrigatório de capacete, as regras de circulação e a idade mínima para a condução de ciclomotores e veículos elétricos no âmbito do município de Frederico Westphalen.</t>
   </si>
   <si>
     <t>1754</t>
@@ -2527,75 +2863,96 @@
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1928/projeto_de_resolucao_n-07.pdf</t>
   </si>
   <si>
     <t>Antecipa a devolução do duodécimo do Poder Legislativo ao Poder Executivo, no valor de R$ 70 mil, com o objetivo de apoiar a realização do 45º Acampamento Farrapo de Frederico Westphalen e o 10º Canto do Barril</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_resolucao_n-08.pdf</t>
   </si>
   <si>
     <t>Antecipa a devolução do duodécimo do Poder Legislativo ao Poder Executivo, no valor de R$ 15 mil, com o objetivo de apoiar a realização da etapa do Campeonato Brasileiro de Jeep e Gaiola Cross, que ocorrerá em FW, de 19 a 21 de setembro</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1957/projeto_de_resolucao_n_09.2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o regimento interno do programa “Vereador Mirim”, a ser realizado pela Câmara de Vereadores de Frederico Westphalen</t>
   </si>
   <si>
+    <t>2102</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2102/projeto_de_resolucao_n_10.2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a doação de veículo automotor pertencente à Câmara Municipal do Município de Frederico Westphalen/RS.</t>
+  </si>
+  <si>
     <t>1790</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1790/requerimento_01-_2025.pdf</t>
   </si>
   <si>
     <t>Pedido de licença do vereador Ismael Cocco dos Santos (PDT), pelo período de 14 dias (até 25 de maio), para tratar de assuntos de interesse particular.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>Leandro Mazzutti</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1901/requerimento_no_02-2025.pdf</t>
   </si>
   <si>
     <t>Pedido de licença do vereador Leandro Mazzutti (PDT), do dia 23 de junho a 29 de junho de 2025, para tratar de assuntos de interesse particular.</t>
+  </si>
+  <si>
+    <t>2113</t>
+  </si>
+  <si>
+    <t>Ismael Côcco dos Santos</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2113/requerimento_n_04.2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Audiência Pública para tratar e debater do assunto de interesse público relevante da iluminação pública.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1969/requerimento_05.2025.pdf</t>
   </si>
   <si>
     <t>Pedido de licença do vereador Leandro Mazzutti (PDT), no período entre 02 de setembro e 09 de setembro, para tratar de assuntos de interesse particular.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
     <t>PI</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1759/pedido_informacao_01-2025.pdf</t>
   </si>
   <si>
     <t>Solicita informações referentes às obras paralisadas no município.</t>
   </si>
@@ -2820,537 +3177,543 @@
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1995/pedido_de_informacao_n_26.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal informações detalhadas acerca das obras de pavimentação da Estrada Santo Caeran.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1996/pedido_de_informacao_n_27.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal informações detalhadas sobre o recolhimento de lixo e entulhos no município.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2010/pedido_de_informacao_n_28.2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Executivo Municipal informações detalhadas sobre o funcionamento do Conselho Municipal de Política Ambiental.</t>
   </si>
   <si>
+    <t>2112</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2112/pedido_de_informacao_n_29.2025.pdf</t>
+  </si>
+  <si>
+    <t>Informação sobre os atuais membros do COMUPA.</t>
+  </si>
+  <si>
     <t>1963</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda a Lei Orgânica</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1963/proposta_de_emenda_a_lei_organica_municipal_n_001.pdf</t>
   </si>
   <si>
     <t>Altera a redação dos artigos 65, 66, 88 e acrescenta o artigo 88-a na Lei Orgânica Municipal de Frederico Westphalen (Regime Próprio de Previdência Social – RPPS).</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2023/proposta_de_emenda_a_lei_organica_municipal_n_002.2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 78 da Lei Orgânica Municipal de Frederico Westphalen (Adequações do texto à disciplina constitucional vigente e às diretrizes contemporâneas de acesso aos cargos, empregos e funções públicas).</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1964/projeto_01-25.pdf</t>
   </si>
   <si>
     <t>Altera o período de sessão legislativa anual da Câmara Municipal de Frederico Westphalen/RS e dá outras providências.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>EII</t>
   </si>
   <si>
     <t>Emendas Impositivas Individuais</t>
   </si>
   <si>
-    <t>Ismael Cocco dos Santos</t>
-[...2 lines deleted...]
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2085/emenda-01.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2085/emenda_01.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal de Coordenação e Planejamento - SEPLAN</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2084/emenda-02.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2084/emenda_02.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal de Esporte, Juventude e Lazer</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2083/emenda-03.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2083/emenda_03.pdf</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2082/emenda-04.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2082/emenda_04.pdf</t>
   </si>
   <si>
     <t>Hospital Divina Providência</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2081/emenda-05.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2081/emenda_05.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal de Educação e Cultura</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2080/emenda-06.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2080/emenda_06.pdf</t>
   </si>
   <si>
     <t>Associação UTI Neonatal e Pediatra - AUNP</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2079/emenda-07.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2079/emenda_07.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal da Saúde</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2078/emenda-08.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2078/emenda_08.2025.pdf</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2077/emenda-09.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2077/emenda_09.2025.pdf</t>
   </si>
   <si>
     <t>Centro Cultural 25 de Julho</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2076/emenda-10.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2076/emenda_10.2025.pdf</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2075/emenda-11.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2075/emenda_11.2025.pdf</t>
   </si>
   <si>
     <t>Piquete Alto Alegre</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2074/emenda-12.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2074/emenda_12.2025.pdf</t>
   </si>
   <si>
     <t>Associação de Pais e Amigos dos Excepcionais - APAE</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>Marcos Ceratto Cerutti</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2073/emenda-13.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2073/emenda_13.2025.pdf</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda-14.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda_14.2025.pdf</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2071/emenda-15.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2071/emenda_15.2025.pdf</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2070/emenda-16.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2070/emenda_16.2025.pdf</t>
   </si>
   <si>
     <t>Clube de Tiro Frederiquense</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2069/emenda-17.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2069/emenda_17.2025.pdf</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2068/emenda-18.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2068/emenda_18.2025.pdf</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2067/emenda-19.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2067/emenda_19.2025.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal de Esportes e Lazer</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>Aline Ferrari Caeran</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2066/emenda-20.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2066/emenda_20.2025.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal da Agricultura</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2065/emenda-21.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2065/emenda_21.2025.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal dos Esportes</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2064/emenda-22.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2064/emenda_22.2025.pdf</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2063/emenda-23.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2063/emenda_23.2025.pdf</t>
   </si>
   <si>
     <t>Associação Melhores Amigos dos Animais - AMAA</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2062/emenda-24.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2062/emenda_24.2025.pdf</t>
   </si>
   <si>
     <t>Comunidade Terapêutica Feminina Bárbara Maix</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>Rubia Dal Puppo Maas</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2061/emenda-25.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2061/emenda_25.2025.pdf</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2060/emenda-26.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2060/emenda_26.2025.pdf</t>
   </si>
   <si>
     <t>Secretaria de Esportes, Juventude e Lazer</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2059/emenda-27.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2059/emenda_27.2025.pdf</t>
   </si>
   <si>
     <t>Secretaria de Coordenação e Planejamento - SEPLAN</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2058/emenda-28.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2058/emenda_28.2025.pdf</t>
   </si>
   <si>
     <t>Associação dos Moradores do Bairro Aparecida - AMBA</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2057/emenda-29.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2057/emenda_29.2025.pdf</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>Belonir Vendruscolo</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2056/emenda-30.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2056/emenda_30.2025.pdf</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2055/emenda-31.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2055/emenda_31.2025.pdf</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2054/emenda-32.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2054/emenda_32.2025.pdf</t>
   </si>
   <si>
     <t>Sociedade Esportiva e Recreativa Santo Antônio - SERSA</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2053/emenda-33.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2053/emenda_33.2025.pdf</t>
   </si>
   <si>
     <t>Secretaria de Esporte, Juventude e Lazer</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2052/emenda-34.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2052/emenda_34.2025.pdf</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>Marizete Frozzi</t>
-[...2 lines deleted...]
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2051/emenda-35.pdf</t>
+    <t>Marizete Lourdes Frozzi</t>
+  </si>
+  <si>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2051/emenda_35.2025.pdf</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2050/emenda-36.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2050/emenda_36.2025.pdf</t>
   </si>
   <si>
     <t>Promenor</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2049/emenda-37.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2049/emenda_37.2025.pdf</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2048/emenda-38.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2048/emenda_38.2025.pdf</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2047/emenda-39.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2047/emenda_39.2025.pdf</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2046/emenda-40.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2046/emenda_40.2025.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal de Planejamento - SEPLAN</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>Alessandro Molossi</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2045/emenda-41.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2045/emenda_41.2025.pdf</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2044/emenda-42.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2044/emenda_42.2025.pdf</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2043/emenda-43.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2043/emenda_43.2025.pdf</t>
   </si>
   <si>
     <t>Secretaria Municipal da Educação e Cultura</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2042/emenda-44.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2042/emenda_44.2025.pdf</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>Lídio Pedro Signori</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2041/emenda-45.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2041/emenda_45.2025.pdf</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2030/emenda-46.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2030/emenda_46.2025.pdf</t>
   </si>
   <si>
     <t>Associação de Deficientes Físicos de Frederico Westphalen</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2031/emenda-47.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2031/emenda_47.2025.pdf</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ESPORTE JUVENTUDE E LAZER</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2032/emenda-48.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2032/emenda_48.2025.pdf</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2033/emenda-49.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2033/emenda_49.2025.pdf</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DA SAUDE</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda-50.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda_50.2025.pdf</t>
   </si>
   <si>
     <t>Sociedade Beneficente do Hospital de Caridade - Divina Providencia HDP</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>Inácio Roberto Panosso Junior</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2035/emenda-51.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2035/emenda_51.2025.pdf</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ESPORTE, JUVENTUDE E LAZER</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda-52.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda_52.2025.pdf</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2037/emenda-53.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2037/emenda_53.2025.pdf</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ESPORTES JUVENTUDE E LAZER</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2038/emenda-54.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2038/emenda_54.2025.pdf</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2039/emenda-55.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2039/emenda_55.2025.pdf</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2040/emenda-_56.pdf</t>
+    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2040/emenda_56.2025.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3654,56 +4017,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1781/sessao_2503_merged-19-20.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1782/sessao_2503_merged-21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1783/sessao_2503_merged-22-23.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1784/sessao_2503_merged-24-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_n_11-_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_n_15-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_n_16-_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_n_17-_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_n_18-_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_n_19-_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1818/indicacao_n_20-_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1819/indicacao_n_21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao_n_22-_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1821/indicacao_n_23-_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_n_24-_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_n_25-_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_n_27-_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1919/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1920/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_n_312025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_n_322025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_n_33.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_n_34.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_n_35.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_n_36.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_40.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_n41.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_42.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2011/indicacao_n_44.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2012/indicacao_n_44.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2013/indicacao_n_45.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_n_46.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1831/mocao_de_aplaousos_n_1-_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1832/mocao_de_apoio_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1833/mocao_de_aplausos_03.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1834/mocao_de_aplausos_04.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1835/mocao_de_apoio_05.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_aplausos_6.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1975/mocao_de_apoio_07.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1947/mocao_de_aplausos_08.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1976/mocao_de_aplausos_09.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1988/mocao_de_apelo_10.2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2022/mocao_de_apoio_-_12.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1758/pedido_de_providencias_01-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1769/camscanner_18-03-2025_09.46-26.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1770/camscanner_18-03-2025_09.46-27-28.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1778/sessao_2503_merged-14-15.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1779/sessao_2503_merged-16-17.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1780/sessao_2503_merged-18.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1805/pedido_de_providencia_n_7-_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1806/pedido_de_providencia_n_8-_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1807/pedido_de_providencia_n_9-_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1804/pedido_de_providencia_n_10-_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1874/pedido_de_providencia_11.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1811/pedido_de_providencia_n_12-_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1812/pedido_de_providencia_n_13-_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1813/pedido_de_providencia_n_14-_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1826/pedido_de_providencia_n_15-_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1827/pedido_de_providencia_n_16-_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1875/pedido_de_providencia_17.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1876/pedido_de_providencia_18.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1836/pedido_de_providencia_19.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1837/pedido_de_providencia_20.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1838/pedido_de_providencia_21.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1859/pedido_de_providencia_222025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1860/pedido_de_providencia_232025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1861/pedido_de_providencia_242025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1883/pedido_de_providencia_25.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1934/pedido_de_providencia_n_262025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1935/pedido_de_providencia_n_272025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1955/pedido_de_providencias_n_29.2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1961/pedido_de_providencia_n_30.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2009/pedido_de_providencias_n_32.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2020/pedido_de_providencia_n_35.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1893/projeto_de_decreto_legisaltivo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2014/projeto_de_decreto_legislativo_n_02.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2015/projeto_de_decreto_legislativo_n_03.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2016/projeto_de_decreto_legislativo_n_04.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2017/projeto_de_decreto_legislativo_n05.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_de_decreto_legislativo_n_06.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1922/projeto_de_lei_complementar_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1990/projeto_de_lei_complementar_002.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1991/projeto_de_lei_complementar_003.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2029/projeto_de_lei_complementar_n_005.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1753/projeto_de_lei_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1752/projeto_de_lei_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1755/projeto_de_lei_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1756/projeto_de_lei_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1757/projeto_de_lei_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1848/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1849/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1850/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1851/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1852/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1853/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1775/extraordinaria_18-19-22.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1854/projeto_de_lei_15.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1774/extraordinaria_18-47-51.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1773/extraordinaria_18-60.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1855/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1771/camscanner_18-03-2025_09.46-35-36.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1764/sessao_2503_merged-32-34.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1765/camscanner_18-03-2025_09.46-5-8.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1776/sessao_2503_merged-3-7.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1785/camscanner_01-04-2025_14.10.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1856/projeto_de_lei_24_.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1857/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1899/projeto_de_lei_no_026_aprovado.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1900/projeto_de_lei_no_027.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1917/projeto_de_lei_no_028.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1912/projeto_de_lei_no_029.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1916/projeto_de_lei_no_030.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei_no_032.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1913/projeto_de_lei_no_033.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1906/projeto_de_lei_no_034.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1907/projeto_de_lei_no_035.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1908/projeto_de_lei_no_036.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1909/projeto_de_lei_no_037.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_n_38-_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1786/projeto_de_lei_n_39-_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1910/projeto_de_lei_no_041.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1792/projeto_de_lei_n_42-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_n_43-_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1911/projeto_de_lei_no_044.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1841/projeto_de_lei_045.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1842/projeto_de_lei_046.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_no_047.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_de_lei_048.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1844/projeto_de_lei_049.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1902/projeto_de_lei_no_050.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1903/projeto_de_lei_no_051.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1904/projeto_de_lei_no_052.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1845/projeto_de_lei_053.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1846/projeto_de_lei_054.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1877/plano_plurianual_-_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1921/projeto_de_lei_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1878/projeto_de_lei_57.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1915/projeto_de_lei_no_058.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_de_lei_59_2.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_60.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_lei_61.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1882/projeto_de_lei_62.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1952/projeto_de_lei_n_63.2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1954/projeto_de_lei_n_64.2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1956/projeto_de_lei_n_65.2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1931/projeto_de_lei_n_662025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1932/projeto_de_lei_n_0672025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1924/projeto_de_lei_n-68.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1925/projeto_de_lei_n-69.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1958/projeto_de_lei_n_070.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1926/projeto_de_lei_n-71.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1927/projeto_de_lei_n-72.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1992/projeto_de_lei_n_076.2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1965/projeto_de_lei_n_079.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1966/projeto_de_lei_n_080.2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1967/projeto_de_lei_n_081.2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2005/projeto_de_lei_n_082.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1968/projeto_de_lei_n_083.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1979/projeto_de_lei_084.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1977/projeto_de_lei_85.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1983/projeto_de_lei_086.2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_87.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1984/projeto_de_lei_088.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1993/projeto_de_lei_n_089.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1978/projeto_de_lei_90.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2002/projeto_de_lei_n_091.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1985/projeto_de_lei_n_092.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1986/projeto_de_lei_n_093.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2003/projeto_de_lei_n_094.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2006/projeto_de_lei_n_097.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1998/projeto_de_lei_n_098.2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1999/projeto_de_lei_n_099.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2004/projeto_de_lei_n_100.2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2000/projeto_de_lei_n_102.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2001/projeto_de_lei_n_103.2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2024/projeto_de_lei_n_104.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2025/projeto_de_lei_n_108.2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2026/projeto_de_lei_n_110.2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2019/projeto_de_lei_n_111.2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2028/pl_114_3.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1750/projeto_de_lei_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1751/projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1895/projeto_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1894/projeto_de_lei_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1898/projeto_de_lei_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1897/projeto_de_lei_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1896/projeto_de_lei_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1938/projeto_de_lei_n_082025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1939/projeto_de_lei_n_092025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1940/projeto_de_lei_n_102025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1942/projeto_de_lei_n_122025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1943/projeto_de_lei_n_132025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1944/projeto_de_lei_n_142025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1945/projeto_de_lei_n_162025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1994/projeto_de_lei_n_17.2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1987/projeto_de_lei_n_202518.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2008/projeto_de_lei_n_20.2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2027/projeto_de_lei_n_2025.22.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1754/projeto_de_resolucao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_resolucao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1761/projeto_resolucao_03-25.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1891/projeto_de_resolucao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1890/projeto_de_resolucao_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1892/projeto_de_resolucao_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1928/projeto_de_resolucao_n-07.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_resolucao_n-08.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1957/projeto_de_resolucao_n_09.2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1790/requerimento_01-_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1901/requerimento_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1969/requerimento_05.2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1759/pedido_informacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1762/pedido_informacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1763/pedido_informacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1767/camscanner_18-03-2025_09.46-22-23.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1768/camscanner_18-03-2025_09.46-24-25.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1887/pedido_de_informacao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1808/pedido_de_informacao_n_7-_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1809/pedido_de_informacao_n_8-_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1810/pedido_de_informacao_n_9-_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1822/pedido_de_informacao_n_10-_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1824/pedido_de_informacao_n_11-_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1825/pedido_de_informacao_n_12-_2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1888/pedido_de_informacao_13.2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1839/pedido_de_informacao_14.2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1862/pedido_de_informacao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1863/pedido_de_informacao_16.2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1886/pedido_de_informacao_n_17.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1918/pedido_de_informacao_18.2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1923/pedido_de_informacao_19.2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1949/pedido_de_informacao_n_20.2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1950/pedido_de_informacao_n_21.2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1959/pedido_de_informacao_n_22.2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1960/pedido_de_informacao_n_23.2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1980/pedido_de_informacao_24.2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1995/pedido_de_informacao_n_26.2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1996/pedido_de_informacao_n_27.2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2010/pedido_de_informacao_n_28.2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1963/proposta_de_emenda_a_lei_organica_municipal_n_001.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2023/proposta_de_emenda_a_lei_organica_municipal_n_002.2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1964/projeto_01-25.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2085/emenda-01.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2084/emenda-02.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2083/emenda-03.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2082/emenda-04.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2081/emenda-05.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2080/emenda-06.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2079/emenda-07.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2078/emenda-08.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2077/emenda-09.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2076/emenda-10.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2075/emenda-11.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2074/emenda-12.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2073/emenda-13.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda-14.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2071/emenda-15.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2070/emenda-16.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2069/emenda-17.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2068/emenda-18.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2067/emenda-19.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2066/emenda-20.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2065/emenda-21.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2064/emenda-22.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2063/emenda-23.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2062/emenda-24.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2061/emenda-25.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2060/emenda-26.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2059/emenda-27.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2058/emenda-28.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2057/emenda-29.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2056/emenda-30.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2055/emenda-31.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2054/emenda-32.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2053/emenda-33.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2052/emenda-34.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2051/emenda-35.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2050/emenda-36.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2049/emenda-37.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2048/emenda-38.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2047/emenda-39.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2046/emenda-40.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2045/emenda-41.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2044/emenda-42.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2043/emenda-43.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2042/emenda-44.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2041/emenda-45.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2030/emenda-46.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2031/emenda-47.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2032/emenda-48.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2033/emenda-49.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda-50.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2035/emenda-51.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda-52.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2037/emenda-53.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2038/emenda-54.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2039/emenda-55.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2040/emenda-_56.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1865/indicacao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1864/indicacao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1781/sessao_2503_merged-19-20.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1782/sessao_2503_merged-21.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1783/sessao_2503_merged-22-23.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1784/sessao_2503_merged-24-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1866/indicacao_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1867/indicacao_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1868/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1869/indicacao_no_10-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1803/indicacao_n_11-_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1870/indicacao_no_12-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1871/indicacao_no_13-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1872/indicacao_no_14-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1802/indicacao_n_15-_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1814/indicacao_n_16-_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1815/indicacao_n_17-_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1816/indicacao_n_18-_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1817/indicacao_n_19-_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1818/indicacao_n_20-_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1819/indicacao_n_21-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1820/indicacao_n_22-_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1821/indicacao_n_23-_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1828/indicacao_n_24-_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1829/indicacao_n_25-_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1873/indicacao_no_27-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1830/indicacao_n_27-_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1885/indicacao_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1919/indicacao_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1920/indicacao_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1936/indicacao_n_312025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1937/indicacao_n_322025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1946/indicacao_n_33.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1948/indicacao_n_34.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1951/indicacao_n_35.2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1962/indicacao_n_36.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1972/indicacao_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1973/indicacao_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1974/indicacao_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1982/indicacao_40.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1997/indicacao_n41.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1989/indicacao_42.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2011/indicacao_n_44.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2012/indicacao_n_44.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2013/indicacao_n_45.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2021/indicacao_n_46.2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2120/indicacao_n_47.2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1831/mocao_de_aplaousos_n_1-_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1832/mocao_de_apoio_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1833/mocao_de_aplausos_03.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1834/mocao_de_aplausos_04.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1835/mocao_de_apoio_05.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1884/mocao_de_aplausos_6.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1975/mocao_de_apoio_07.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1947/mocao_de_aplausos_08.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1976/mocao_de_aplausos_09.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1988/mocao_de_apelo_10.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_de_aplausos_n_11.2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2022/mocao_de_apoio_-_12.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1758/pedido_de_providencias_01-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1769/camscanner_18-03-2025_09.46-26.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1770/camscanner_18-03-2025_09.46-27-28.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1778/sessao_2503_merged-14-15.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1779/sessao_2503_merged-16-17.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1780/sessao_2503_merged-18.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1805/pedido_de_providencia_n_7-_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1806/pedido_de_providencia_n_8-_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1807/pedido_de_providencia_n_9-_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1804/pedido_de_providencia_n_10-_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1874/pedido_de_providencia_11.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1811/pedido_de_providencia_n_12-_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1812/pedido_de_providencia_n_13-_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1813/pedido_de_providencia_n_14-_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1826/pedido_de_providencia_n_15-_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1827/pedido_de_providencia_n_16-_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1875/pedido_de_providencia_17.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1876/pedido_de_providencia_18.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1836/pedido_de_providencia_19.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1837/pedido_de_providencia_20.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1838/pedido_de_providencia_21.2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1859/pedido_de_providencia_222025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1860/pedido_de_providencia_232025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1861/pedido_de_providencia_242025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1883/pedido_de_providencia_25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1934/pedido_de_providencia_n_262025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1935/pedido_de_providencia_n_272025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1955/pedido_de_providencias_n_29.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1961/pedido_de_providencia_n_30.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2115/pedido_de_providencia_n_31.2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2009/pedido_de_providencias_n_32.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2097/pedido_de_providencia_n_33.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2098/pedido_de_providencia_n_34.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2020/pedido_de_providencia_n_35.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1893/projeto_de_decreto_legisaltivo_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2014/projeto_de_decreto_legislativo_n_02.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2015/projeto_de_decreto_legislativo_n_03.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2016/projeto_de_decreto_legislativo_n_04.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2017/projeto_de_decreto_legislativo_n05.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2018/projeto_de_decreto_legislativo_n_06.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1922/projeto_de_lei_complementar_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1990/projeto_de_lei_complementar_002.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1991/projeto_de_lei_complementar_003.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2029/projeto_de_lei_complementar_n_005.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1749/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1753/projeto_de_lei_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1752/projeto_de_lei_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1755/projeto_de_lei_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1756/projeto_de_lei_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1757/projeto_de_lei_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1848/projeto_de_lei_008.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1849/projeto_de_lei_009.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1850/projeto_de_lei_10.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1851/projeto_de_lei_11.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1852/projeto_de_lei_12.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1853/projeto_de_lei_13.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1775/extraordinaria_18-19-22.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1854/projeto_de_lei_15.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1774/extraordinaria_18-47-51.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1773/extraordinaria_18-60.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1855/projeto_de_lei_18.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1771/camscanner_18-03-2025_09.46-35-36.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1764/sessao_2503_merged-32-34.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1765/camscanner_18-03-2025_09.46-5-8.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1776/sessao_2503_merged-3-7.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1785/camscanner_01-04-2025_14.10.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1856/projeto_de_lei_24_.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1857/projeto_de_lei_25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1899/projeto_de_lei_no_026_aprovado.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1900/projeto_de_lei_no_027.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1917/projeto_de_lei_no_028.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1912/projeto_de_lei_no_029.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1916/projeto_de_lei_no_030.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1791/projeto_de_lei_n_31-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1905/projeto_de_lei_no_032.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1913/projeto_de_lei_no_033.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1906/projeto_de_lei_no_034.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1907/projeto_de_lei_no_035.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1908/projeto_de_lei_no_036.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1909/projeto_de_lei_no_037.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1789/projeto_de_lei_n_38-_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1786/projeto_de_lei_n_39-_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1787/projeto_de_lei_n_40-2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1910/projeto_de_lei_no_041.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1792/projeto_de_lei_n_42-2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1788/projeto_de_lei_n_43-_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1911/projeto_de_lei_no_044.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1841/projeto_de_lei_045.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1842/projeto_de_lei_046.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1914/projeto_de_lei_no_047.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1843/projeto_de_lei_048.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1844/projeto_de_lei_049.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1902/projeto_de_lei_no_050.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1903/projeto_de_lei_no_051.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1904/projeto_de_lei_no_052.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1845/projeto_de_lei_053.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1846/projeto_de_lei_054.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1877/plano_plurianual_-_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1921/projeto_de_lei_no_056-2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1878/projeto_de_lei_57.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1915/projeto_de_lei_no_058.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1879/projeto_de_lei_59_2.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1880/projeto_de_lei_60.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1881/projeto_de_lei_61.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1882/projeto_de_lei_62.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1952/projeto_de_lei_n_63.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1954/projeto_de_lei_n_64.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1956/projeto_de_lei_n_65.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1931/projeto_de_lei_n_662025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1932/projeto_de_lei_n_0672025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1924/projeto_de_lei_n-68.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1925/projeto_de_lei_n-69.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1958/projeto_de_lei_n_070.2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1926/projeto_de_lei_n-71.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1927/projeto_de_lei_n-72.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2117/projeto_de_lei_n_073.2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2118/projeto_de_lei_n_074.2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2119/projeto_de_lei_n_075.2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1992/projeto_de_lei_n_076.2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1930/projeto_de_lei_n_077-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2114/projeto_de_lei_n_078.2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1965/projeto_de_lei_n_079.2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1966/projeto_de_lei_n_080.2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1967/projeto_de_lei_n_081.2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2005/projeto_de_lei_n_082.2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1968/projeto_de_lei_n_083.2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1979/projeto_de_lei_084.2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1977/projeto_de_lei_85.2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1983/projeto_de_lei_086.2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1971/projeto_de_lei_87.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1984/projeto_de_lei_088.2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1993/projeto_de_lei_n_089.2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1978/projeto_de_lei_90.2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2002/projeto_de_lei_n_091.2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1985/projeto_de_lei_n_092.2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1986/projeto_de_lei_n_093.2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2003/projeto_de_lei_n_094.2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2099/projeto_de_lei_n_095.2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2100/projeto_de_lei_n_096.2025_2.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2006/projeto_de_lei_n_097.2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1998/projeto_de_lei_n_098.2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1999/projeto_de_lei_n_099.2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2004/projeto_de_lei_n_100.2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2000/projeto_de_lei_n_102.2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2001/projeto_de_lei_n_103.2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2024/projeto_de_lei_n_104.2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2116/projeto_de_lei_n_105.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2121/projeto_de_lei_n_106.2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2122/projeto_de_lei_n_107.2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2025/projeto_de_lei_n_108.2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2123/projeto_de_lei_n_109.2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2026/projeto_de_lei_n_110.2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2019/projeto_de_lei_n_111.2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2111/projeto_de_lei_n_113.2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2028/pl_114_3.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2096/projeto_de_lei_n_115.2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2125/projeto_de_lei_n_116.2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2094/projeto_de_lei_n_117.2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2095/projeto_de_lei_n_118.2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2088/projeto_de_lei_n_120.2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2089/projeto_de_lei_n_124.2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2090/projeto_de_lei_n_125.2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2091/projeto_de_lei_n_126.2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2092/projeto_de_lei_n_127.2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2093/projeto_de_lei_n_129.2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2086/projeto_de_lei_n_130.2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2087/projeto_de_lei_n_131.2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1750/projeto_de_lei_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1751/projeto_de_lei_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1895/projeto_de_lei_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1894/projeto_de_lei_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1898/projeto_de_lei_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1897/projeto_de_lei_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1896/projeto_de_lei_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1938/projeto_de_lei_n_082025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1939/projeto_de_lei_n_092025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1940/projeto_de_lei_n_102025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1942/projeto_de_lei_n_122025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1943/projeto_de_lei_n_132025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1944/projeto_de_lei_n_142025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1945/projeto_de_lei_n_162025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1994/projeto_de_lei_n_17.2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1987/projeto_de_lei_n_202518.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2101/projeto_de_lei_n_19.2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2008/projeto_de_lei_n_20.2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2027/projeto_de_lei_n_2025.22.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1754/projeto_de_resolucao_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1889/projeto_de_resolucao_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1761/projeto_resolucao_03-25.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1891/projeto_de_resolucao_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1890/projeto_de_resolucao_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1892/projeto_de_resolucao_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1928/projeto_de_resolucao_n-07.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1929/projeto_de_resolucao_n-08.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1957/projeto_de_resolucao_n_09.2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2102/projeto_de_resolucao_n_10.2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1790/requerimento_01-_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1901/requerimento_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2113/requerimento_n_04.2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1969/requerimento_05.2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1759/pedido_informacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1762/pedido_informacao_02-2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1763/pedido_informacao_03-2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1767/camscanner_18-03-2025_09.46-22-23.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1768/camscanner_18-03-2025_09.46-24-25.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1887/pedido_de_informacao_06.2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1808/pedido_de_informacao_n_7-_2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1809/pedido_de_informacao_n_8-_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1810/pedido_de_informacao_n_9-_2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1822/pedido_de_informacao_n_10-_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1824/pedido_de_informacao_n_11-_2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1825/pedido_de_informacao_n_12-_2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1888/pedido_de_informacao_13.2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1839/pedido_de_informacao_14.2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1862/pedido_de_informacao_15.2025.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1863/pedido_de_informacao_16.2025.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1886/pedido_de_informacao_n_17.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1918/pedido_de_informacao_18.2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1923/pedido_de_informacao_19.2025.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1949/pedido_de_informacao_n_20.2025.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1950/pedido_de_informacao_n_21.2025.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1959/pedido_de_informacao_n_22.2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1960/pedido_de_informacao_n_23.2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1980/pedido_de_informacao_24.2025.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1995/pedido_de_informacao_n_26.2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1996/pedido_de_informacao_n_27.2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2010/pedido_de_informacao_n_28.2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2112/pedido_de_informacao_n_29.2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1963/proposta_de_emenda_a_lei_organica_municipal_n_001.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2023/proposta_de_emenda_a_lei_organica_municipal_n_002.2025.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/1964/projeto_01-25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2085/emenda_01.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2084/emenda_02.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2083/emenda_03.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2082/emenda_04.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2081/emenda_05.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2080/emenda_06.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2079/emenda_07.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2078/emenda_08.2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2077/emenda_09.2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2076/emenda_10.2025.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2075/emenda_11.2025.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2074/emenda_12.2025.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2073/emenda_13.2025.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2072/emenda_14.2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2071/emenda_15.2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2070/emenda_16.2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2069/emenda_17.2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2068/emenda_18.2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2067/emenda_19.2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2066/emenda_20.2025.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2065/emenda_21.2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2064/emenda_22.2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2063/emenda_23.2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2062/emenda_24.2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2061/emenda_25.2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2060/emenda_26.2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2059/emenda_27.2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2058/emenda_28.2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2057/emenda_29.2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2056/emenda_30.2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2055/emenda_31.2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2054/emenda_32.2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2053/emenda_33.2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2052/emenda_34.2025.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2051/emenda_35.2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2050/emenda_36.2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2049/emenda_37.2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2048/emenda_38.2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2047/emenda_39.2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2046/emenda_40.2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2045/emenda_41.2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2044/emenda_42.2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2043/emenda_43.2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2042/emenda_44.2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2041/emenda_45.2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2030/emenda_46.2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2031/emenda_47.2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2032/emenda_48.2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2033/emenda_49.2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2034/emenda_50.2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2035/emenda_51.2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2036/emenda_52.2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2037/emenda_53.2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2038/emenda_54.2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2039/emenda_55.2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2025/2040/emenda_56.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H319"/>
+  <dimension ref="A1:H352"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="140" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -4904,7106 +5267,7964 @@
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
         <v>12</v>
       </c>
       <c r="F47" t="s">
         <v>52</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>201</v>
       </c>
       <c r="H47" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>203</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>10</v>
+        <v>204</v>
       </c>
       <c r="D48" t="s">
-        <v>204</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>52</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>206</v>
-      </c>
-[...1 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>207</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>10</v>
+      </c>
+      <c r="D49" t="s">
         <v>208</v>
       </c>
-      <c r="B49" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E49" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F49" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H49" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D50" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E50" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F50" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H50" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D51" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E51" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F51" t="s">
         <v>61</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H51" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D52" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E52" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F52" t="s">
         <v>61</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H52" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D53" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E53" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F53" t="s">
-        <v>221</v>
+        <v>61</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>222</v>
       </c>
       <c r="H53" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>224</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D54" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E54" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F54" t="s">
         <v>225</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>226</v>
       </c>
       <c r="H54" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>228</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D55" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E55" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F55" t="s">
-        <v>61</v>
+        <v>229</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H55" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D56" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E56" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F56" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H56" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D57" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E57" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F57" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H57" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="D58" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="E58" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="F58" t="s">
-        <v>238</v>
+        <v>61</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>239</v>
       </c>
       <c r="H58" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>241</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>10</v>
+        <v>56</v>
       </c>
       <c r="D59" t="s">
+        <v>208</v>
+      </c>
+      <c r="E59" t="s">
+        <v>209</v>
+      </c>
+      <c r="F59" t="s">
         <v>242</v>
       </c>
-      <c r="E59" t="s">
+      <c r="G59" s="1" t="s">
         <v>243</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" s="1" t="s">
+      <c r="H59" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
+        <v>245</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>60</v>
+      </c>
+      <c r="D60" t="s">
+        <v>208</v>
+      </c>
+      <c r="E60" t="s">
+        <v>209</v>
+      </c>
+      <c r="F60" t="s">
+        <v>242</v>
+      </c>
+      <c r="G60" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="B60" t="s">
-[...14 lines deleted...]
-      <c r="G60" s="1" t="s">
+      <c r="H60" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>248</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>10</v>
+      </c>
+      <c r="D61" t="s">
         <v>249</v>
       </c>
-      <c r="B61" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E61" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F61" t="s">
         <v>22</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H61" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D62" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E62" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F62" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H62" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D63" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E63" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F63" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H63" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D64" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E64" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F64" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H64" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D65" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E65" t="s">
-        <v>243</v>
+        <v>250</v>
+      </c>
+      <c r="F65" t="s">
+        <v>61</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H65" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="D66" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E66" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F66" t="s">
         <v>22</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H66" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D67" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E67" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>250</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H67" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D68" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E68" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F68" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H68" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D69" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E69" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F69" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H69" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="D70" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E70" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F70" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H70" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D71" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E71" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F71" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H71" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="D72" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E72" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F72" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H72" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>75</v>
+        <v>65</v>
       </c>
       <c r="D73" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E73" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F73" t="s">
         <v>22</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H73" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
       <c r="D74" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E74" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F74" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H74" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>83</v>
+        <v>75</v>
       </c>
       <c r="D75" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E75" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F75" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H75" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="D76" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E76" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F76" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H76" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="D77" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E77" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F77" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H77" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>95</v>
+        <v>87</v>
       </c>
       <c r="D78" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E78" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F78" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="H78" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>99</v>
+        <v>91</v>
       </c>
       <c r="D79" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E79" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F79" t="s">
         <v>22</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H79" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="D80" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E80" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F80" t="s">
         <v>22</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H80" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="D81" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E81" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F81" t="s">
         <v>22</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H81" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="D82" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E82" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F82" t="s">
         <v>22</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H82" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="D83" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E83" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F83" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H83" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="D84" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E84" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F84" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H84" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="D85" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E85" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F85" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H85" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="D86" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E86" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F86" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="H86" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="D87" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E87" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F87" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H87" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="D88" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E88" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F88" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H88" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="D89" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E89" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F89" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H89" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="D90" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="E90" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="F90" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="H90" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="D91" t="s">
-        <v>340</v>
+        <v>249</v>
       </c>
       <c r="E91" t="s">
+        <v>250</v>
+      </c>
+      <c r="F91" t="s">
+        <v>66</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>341</v>
       </c>
-      <c r="F91" t="s">
-[...2 lines deleted...]
-      <c r="G91" s="1" t="s">
+      <c r="H91" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>17</v>
+        <v>143</v>
       </c>
       <c r="D92" t="s">
-        <v>340</v>
+        <v>249</v>
       </c>
       <c r="E92" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="F92" t="s">
         <v>66</v>
       </c>
       <c r="G92" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H92" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
+        <v>346</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>147</v>
+      </c>
+      <c r="D93" t="s">
+        <v>249</v>
+      </c>
+      <c r="E93" t="s">
+        <v>250</v>
+      </c>
+      <c r="F93" t="s">
+        <v>66</v>
+      </c>
+      <c r="G93" s="1" t="s">
         <v>347</v>
       </c>
-      <c r="B93" t="s">
-[...14 lines deleted...]
-      <c r="G93" s="1" t="s">
+      <c r="H93" t="s">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
+        <v>349</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>151</v>
+      </c>
+      <c r="D94" t="s">
+        <v>249</v>
+      </c>
+      <c r="E94" t="s">
+        <v>250</v>
+      </c>
+      <c r="F94" t="s">
         <v>350</v>
-      </c>
-[...13 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>351</v>
       </c>
       <c r="H94" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>353</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>30</v>
+        <v>156</v>
       </c>
       <c r="D95" t="s">
-        <v>340</v>
+        <v>249</v>
       </c>
       <c r="E95" t="s">
-        <v>341</v>
+        <v>250</v>
       </c>
       <c r="F95" t="s">
         <v>52</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>354</v>
       </c>
       <c r="H95" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>356</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="D96" t="s">
-        <v>340</v>
+        <v>357</v>
       </c>
       <c r="E96" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="F96" t="s">
-        <v>357</v>
+        <v>242</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="H96" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D97" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="E97" t="s">
+        <v>358</v>
+      </c>
+      <c r="F97" t="s">
+        <v>66</v>
+      </c>
+      <c r="G97" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="F97" t="s">
+      <c r="H97" t="s">
         <v>363</v>
-      </c>
-[...4 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
+        <v>364</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>21</v>
+      </c>
+      <c r="D98" t="s">
+        <v>357</v>
+      </c>
+      <c r="E98" t="s">
+        <v>358</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H98" t="s">
         <v>366</v>
-      </c>
-[...19 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
+        <v>367</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>26</v>
+      </c>
+      <c r="D99" t="s">
+        <v>357</v>
+      </c>
+      <c r="E99" t="s">
+        <v>358</v>
+      </c>
+      <c r="F99" t="s">
+        <v>71</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H99" t="s">
         <v>369</v>
-      </c>
-[...19 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
         <v>30</v>
       </c>
       <c r="D100" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="E100" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="F100" t="s">
-        <v>363</v>
+        <v>52</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="H100" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
+        <v>373</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>35</v>
+      </c>
+      <c r="D101" t="s">
+        <v>357</v>
+      </c>
+      <c r="E101" t="s">
+        <v>358</v>
+      </c>
+      <c r="F101" t="s">
+        <v>374</v>
+      </c>
+      <c r="G101" s="1" t="s">
         <v>375</v>
       </c>
-      <c r="B101" t="s">
-[...5 lines deleted...]
-      <c r="D101" t="s">
+      <c r="H101" t="s">
         <v>376</v>
-      </c>
-[...10 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
+        <v>377</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" t="s">
+        <v>378</v>
+      </c>
+      <c r="E102" t="s">
+        <v>379</v>
+      </c>
+      <c r="F102" t="s">
+        <v>350</v>
+      </c>
+      <c r="G102" s="1" t="s">
         <v>380</v>
       </c>
-      <c r="B102" t="s">
-[...14 lines deleted...]
-      <c r="G102" s="1" t="s">
+      <c r="H102" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
+        <v>382</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>17</v>
+      </c>
+      <c r="D103" t="s">
+        <v>378</v>
+      </c>
+      <c r="E103" t="s">
+        <v>379</v>
+      </c>
+      <c r="F103" t="s">
+        <v>350</v>
+      </c>
+      <c r="G103" s="1" t="s">
         <v>383</v>
       </c>
-      <c r="B103" t="s">
-[...14 lines deleted...]
-      <c r="G103" s="1" t="s">
+      <c r="H103" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>385</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>21</v>
+      </c>
+      <c r="D104" t="s">
+        <v>378</v>
+      </c>
+      <c r="E104" t="s">
+        <v>379</v>
+      </c>
+      <c r="F104" t="s">
+        <v>350</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>386</v>
       </c>
-      <c r="B104" t="s">
-[...14 lines deleted...]
-      <c r="G104" s="1" t="s">
+      <c r="H104" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>388</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>30</v>
+      </c>
+      <c r="D105" t="s">
+        <v>378</v>
+      </c>
+      <c r="E105" t="s">
+        <v>379</v>
+      </c>
+      <c r="F105" t="s">
+        <v>350</v>
+      </c>
+      <c r="G105" s="1" t="s">
         <v>389</v>
       </c>
-      <c r="B105" t="s">
-[...14 lines deleted...]
-      <c r="G105" s="1" t="s">
+      <c r="H105" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>392</v>
+        <v>391</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="D106" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E106" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F106" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H106" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>43</v>
+        <v>17</v>
       </c>
       <c r="D107" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E107" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F107" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H107" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>47</v>
+        <v>21</v>
       </c>
       <c r="D108" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E108" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F108" t="s">
-        <v>363</v>
+        <v>242</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H108" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="D109" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E109" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F109" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H109" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>56</v>
+        <v>35</v>
       </c>
       <c r="D110" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E110" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F110" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="H110" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="D111" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E111" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F111" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="H111" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>65</v>
+        <v>43</v>
       </c>
       <c r="D112" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E112" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F112" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="H112" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>70</v>
+        <v>47</v>
       </c>
       <c r="D113" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E113" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F113" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="H113" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="D114" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E114" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F114" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H114" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>79</v>
+        <v>56</v>
       </c>
       <c r="D115" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E115" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F115" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H115" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>83</v>
+        <v>60</v>
       </c>
       <c r="D116" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E116" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F116" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="H116" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>87</v>
+        <v>65</v>
       </c>
       <c r="D117" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E117" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F117" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H117" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>91</v>
+        <v>70</v>
       </c>
       <c r="D118" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E118" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F118" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H118" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>95</v>
+        <v>75</v>
       </c>
       <c r="D119" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E119" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F119" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H119" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>99</v>
+        <v>79</v>
       </c>
       <c r="D120" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E120" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F120" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H120" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="D121" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E121" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F121" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="H121" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="D122" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E122" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F122" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="H122" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="D123" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E123" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F123" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H123" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="D124" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E124" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F124" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H124" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>119</v>
+        <v>99</v>
       </c>
       <c r="D125" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E125" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F125" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H125" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>123</v>
+        <v>103</v>
       </c>
       <c r="D126" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E126" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F126" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="H126" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>127</v>
+        <v>107</v>
       </c>
       <c r="D127" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E127" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F127" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H127" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>131</v>
+        <v>111</v>
       </c>
       <c r="D128" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E128" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F128" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H128" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>135</v>
+        <v>115</v>
       </c>
       <c r="D129" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E129" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F129" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H129" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>139</v>
+        <v>119</v>
       </c>
       <c r="D130" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E130" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F130" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H130" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>143</v>
+        <v>123</v>
       </c>
       <c r="D131" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E131" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F131" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H131" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>147</v>
+        <v>127</v>
       </c>
       <c r="D132" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E132" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F132" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="H132" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>151</v>
+        <v>131</v>
       </c>
       <c r="D133" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E133" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F133" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H133" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="D134" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E134" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F134" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H134" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>160</v>
+        <v>139</v>
       </c>
       <c r="D135" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E135" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F135" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H135" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>164</v>
+        <v>143</v>
       </c>
       <c r="D136" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E136" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F136" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H136" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>168</v>
+        <v>147</v>
       </c>
       <c r="D137" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E137" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F137" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H137" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>172</v>
+        <v>151</v>
       </c>
       <c r="D138" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E138" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F138" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H138" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>176</v>
+        <v>156</v>
       </c>
       <c r="D139" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E139" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F139" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H139" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>180</v>
+        <v>160</v>
       </c>
       <c r="D140" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E140" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F140" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H140" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>184</v>
+        <v>164</v>
       </c>
       <c r="D141" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E141" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F141" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H141" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>188</v>
+        <v>168</v>
       </c>
       <c r="D142" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E142" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F142" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="H142" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>192</v>
+        <v>172</v>
       </c>
       <c r="D143" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E143" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F143" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="H143" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
       <c r="D144" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E144" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F144" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H144" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>200</v>
+        <v>180</v>
       </c>
       <c r="D145" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E145" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F145" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H145" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>513</v>
+        <v>184</v>
       </c>
       <c r="D146" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E146" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F146" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>514</v>
       </c>
       <c r="H146" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>516</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
+        <v>188</v>
+      </c>
+      <c r="D147" t="s">
+        <v>392</v>
+      </c>
+      <c r="E147" t="s">
+        <v>393</v>
+      </c>
+      <c r="F147" t="s">
+        <v>350</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>517</v>
       </c>
-      <c r="D147" t="s">
-[...8 lines deleted...]
-      <c r="G147" s="1" t="s">
+      <c r="H147" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>519</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>192</v>
+      </c>
+      <c r="D148" t="s">
+        <v>392</v>
+      </c>
+      <c r="E148" t="s">
+        <v>393</v>
+      </c>
+      <c r="F148" t="s">
+        <v>350</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="B148" t="s">
-[...2 lines deleted...]
-      <c r="C148" t="s">
+      <c r="H148" t="s">
         <v>521</v>
-      </c>
-[...13 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>522</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>196</v>
+      </c>
+      <c r="D149" t="s">
+        <v>392</v>
+      </c>
+      <c r="E149" t="s">
+        <v>393</v>
+      </c>
+      <c r="F149" t="s">
+        <v>350</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H149" t="s">
         <v>524</v>
-      </c>
-[...19 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>529</v>
+        <v>200</v>
       </c>
       <c r="D150" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E150" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F150" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="H150" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>533</v>
+        <v>204</v>
       </c>
       <c r="D151" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E151" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F151" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="H151" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="D152" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E152" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F152" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
       <c r="H152" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="D153" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E153" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F153" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="H153" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="D154" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E154" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F154" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="H154" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="D155" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E155" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F155" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="H155" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="D156" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E156" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F156" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="H156" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="D157" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E157" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F157" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="H157" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="D158" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E158" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F158" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="H158" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="D159" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E159" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F159" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="H159" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="D160" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E160" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F160" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="H160" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
       <c r="D161" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E161" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F161" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="H161" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="D162" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E162" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F162" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="H162" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>580</v>
+        <v>575</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>581</v>
+        <v>576</v>
       </c>
       <c r="D163" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E163" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F163" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="H163" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="D164" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E164" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F164" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>586</v>
+        <v>581</v>
       </c>
       <c r="H164" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="D165" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E165" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F165" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="H165" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="D166" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E166" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F166" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="H166" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="D167" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E167" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F167" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="H167" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="D168" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E168" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F168" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="H168" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="D169" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E169" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F169" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="H169" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="D170" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E170" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F170" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="H170" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>612</v>
+        <v>607</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>613</v>
+        <v>608</v>
       </c>
       <c r="D171" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E171" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F171" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>614</v>
+        <v>609</v>
       </c>
       <c r="H171" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>616</v>
+        <v>611</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>617</v>
+        <v>612</v>
       </c>
       <c r="D172" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E172" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F172" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>618</v>
+        <v>613</v>
       </c>
       <c r="H172" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>620</v>
+        <v>615</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>621</v>
+        <v>616</v>
       </c>
       <c r="D173" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E173" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F173" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>622</v>
+        <v>617</v>
       </c>
       <c r="H173" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>624</v>
+        <v>619</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>625</v>
+        <v>620</v>
       </c>
       <c r="D174" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E174" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F174" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
       <c r="H174" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>628</v>
+        <v>623</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="D175" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E175" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F175" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="H175" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>632</v>
+        <v>627</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>633</v>
+        <v>628</v>
       </c>
       <c r="D176" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E176" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F176" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>634</v>
+        <v>629</v>
       </c>
       <c r="H176" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>637</v>
+        <v>632</v>
       </c>
       <c r="D177" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E177" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F177" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>638</v>
+        <v>633</v>
       </c>
       <c r="H177" t="s">
-        <v>639</v>
+        <v>476</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="D178" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E178" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F178" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
       <c r="H178" t="s">
-        <v>643</v>
+        <v>637</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>645</v>
+        <v>639</v>
       </c>
       <c r="D179" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E179" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F179" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>646</v>
+        <v>640</v>
       </c>
       <c r="H179" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>649</v>
+        <v>643</v>
       </c>
       <c r="D180" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E180" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F180" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>650</v>
+        <v>644</v>
       </c>
       <c r="H180" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>652</v>
+        <v>646</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>653</v>
+        <v>647</v>
       </c>
       <c r="D181" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E181" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F181" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>654</v>
+        <v>648</v>
       </c>
       <c r="H181" t="s">
-        <v>655</v>
+        <v>649</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>656</v>
+        <v>650</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
       <c r="D182" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E182" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F182" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
       <c r="H182" t="s">
-        <v>659</v>
+        <v>546</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="D183" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E183" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F183" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="H183" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="D184" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E184" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F184" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="H184" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="D185" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E185" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F185" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>670</v>
+        <v>663</v>
       </c>
       <c r="H185" t="s">
-        <v>671</v>
+        <v>664</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>672</v>
+        <v>665</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>673</v>
+        <v>666</v>
       </c>
       <c r="D186" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E186" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F186" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>674</v>
+        <v>667</v>
       </c>
       <c r="H186" t="s">
-        <v>675</v>
+        <v>668</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>676</v>
+        <v>669</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>677</v>
+        <v>670</v>
       </c>
       <c r="D187" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E187" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F187" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>678</v>
+        <v>671</v>
       </c>
       <c r="H187" t="s">
-        <v>679</v>
+        <v>672</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>680</v>
+        <v>673</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>681</v>
+        <v>674</v>
       </c>
       <c r="D188" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E188" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F188" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>682</v>
+        <v>675</v>
       </c>
       <c r="H188" t="s">
-        <v>683</v>
+        <v>676</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="D189" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E189" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F189" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
       <c r="H189" t="s">
-        <v>687</v>
+        <v>680</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>689</v>
+        <v>682</v>
       </c>
       <c r="D190" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E190" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F190" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>690</v>
+        <v>683</v>
       </c>
       <c r="H190" t="s">
-        <v>691</v>
+        <v>684</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>692</v>
+        <v>685</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>693</v>
+        <v>686</v>
       </c>
       <c r="D191" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E191" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F191" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="H191" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>696</v>
+        <v>689</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="D192" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E192" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F192" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>698</v>
+        <v>691</v>
       </c>
       <c r="H192" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>701</v>
+        <v>694</v>
       </c>
       <c r="D193" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E193" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F193" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>702</v>
+        <v>695</v>
       </c>
       <c r="H193" t="s">
-        <v>703</v>
+        <v>696</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>704</v>
+        <v>697</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>705</v>
+        <v>698</v>
       </c>
       <c r="D194" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E194" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F194" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>325</v>
+        <v>699</v>
       </c>
       <c r="H194" t="s">
-        <v>706</v>
+        <v>700</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>707</v>
+        <v>701</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>708</v>
+        <v>702</v>
       </c>
       <c r="D195" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E195" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F195" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>709</v>
+        <v>703</v>
       </c>
       <c r="H195" t="s">
-        <v>710</v>
+        <v>704</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>711</v>
+        <v>705</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>712</v>
+        <v>706</v>
       </c>
       <c r="D196" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E196" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F196" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>713</v>
+        <v>707</v>
       </c>
       <c r="H196" t="s">
-        <v>714</v>
+        <v>708</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>715</v>
+        <v>709</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>716</v>
+        <v>710</v>
       </c>
       <c r="D197" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E197" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F197" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>717</v>
+        <v>711</v>
       </c>
       <c r="H197" t="s">
-        <v>718</v>
+        <v>712</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>9</v>
+        <v>713</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="D198" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E198" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F198" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
       <c r="H198" t="s">
-        <v>721</v>
+        <v>716</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>723</v>
+        <v>718</v>
       </c>
       <c r="D199" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E199" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F199" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>724</v>
+        <v>719</v>
       </c>
       <c r="H199" t="s">
-        <v>725</v>
+        <v>720</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>726</v>
+        <v>721</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>727</v>
+        <v>722</v>
       </c>
       <c r="D200" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E200" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F200" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>728</v>
+        <v>723</v>
       </c>
       <c r="H200" t="s">
-        <v>729</v>
+        <v>724</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>730</v>
+        <v>725</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>731</v>
+        <v>726</v>
       </c>
       <c r="D201" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E201" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F201" t="s">
-        <v>363</v>
+        <v>350</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="H201" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>735</v>
+        <v>730</v>
       </c>
       <c r="D202" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E202" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F202" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>736</v>
+        <v>731</v>
       </c>
       <c r="H202" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>738</v>
+        <v>733</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>739</v>
+        <v>734</v>
       </c>
       <c r="D203" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E203" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F203" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>740</v>
+        <v>735</v>
       </c>
       <c r="H203" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>742</v>
+        <v>737</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="D204" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E204" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F204" t="s">
-        <v>71</v>
+        <v>350</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="H204" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>746</v>
+        <v>741</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>747</v>
+        <v>742</v>
       </c>
       <c r="D205" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E205" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F205" t="s">
-        <v>71</v>
+        <v>350</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>748</v>
+        <v>332</v>
       </c>
       <c r="H205" t="s">
-        <v>749</v>
+        <v>743</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>750</v>
+        <v>744</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
       <c r="D206" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E206" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F206" t="s">
-        <v>52</v>
+        <v>350</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>752</v>
+        <v>746</v>
       </c>
       <c r="H206" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>755</v>
+        <v>749</v>
       </c>
       <c r="D207" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E207" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F207" t="s">
-        <v>66</v>
+        <v>350</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="H207" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>759</v>
+        <v>753</v>
       </c>
       <c r="D208" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E208" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F208" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>760</v>
+        <v>754</v>
       </c>
       <c r="H208" t="s">
-        <v>761</v>
+        <v>755</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>762</v>
+        <v>756</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>763</v>
+        <v>757</v>
       </c>
       <c r="D209" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E209" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F209" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>764</v>
+        <v>758</v>
       </c>
       <c r="H209" t="s">
-        <v>765</v>
+        <v>759</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>766</v>
+        <v>760</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>767</v>
+        <v>761</v>
       </c>
       <c r="D210" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E210" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F210" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>768</v>
+        <v>762</v>
       </c>
       <c r="H210" t="s">
-        <v>769</v>
+        <v>763</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="D211" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E211" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F211" t="s">
-        <v>71</v>
+        <v>350</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>772</v>
+        <v>766</v>
       </c>
       <c r="H211" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>773</v>
+        <v>9</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>774</v>
+        <v>768</v>
       </c>
       <c r="D212" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E212" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F212" t="s">
-        <v>13</v>
+        <v>350</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>325</v>
+        <v>769</v>
       </c>
       <c r="H212" t="s">
-        <v>775</v>
+        <v>770</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>776</v>
+        <v>771</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>777</v>
+        <v>772</v>
       </c>
       <c r="D213" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E213" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F213" t="s">
-        <v>13</v>
+        <v>350</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>778</v>
+        <v>773</v>
       </c>
       <c r="H213" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="D214" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E214" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F214" t="s">
-        <v>13</v>
+        <v>350</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="H214" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="D215" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E215" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F215" t="s">
-        <v>61</v>
+        <v>350</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="H215" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="D216" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E216" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F216" t="s">
-        <v>66</v>
+        <v>350</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>790</v>
+        <v>332</v>
       </c>
       <c r="H216" t="s">
-        <v>791</v>
+        <v>785</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>792</v>
+        <v>786</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>793</v>
+        <v>787</v>
       </c>
       <c r="D217" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E217" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F217" t="s">
-        <v>66</v>
+        <v>350</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>794</v>
+        <v>788</v>
       </c>
       <c r="H217" t="s">
-        <v>795</v>
+        <v>789</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>796</v>
+        <v>790</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>797</v>
+        <v>791</v>
       </c>
       <c r="D218" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E218" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F218" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>798</v>
+        <v>792</v>
       </c>
       <c r="H218" t="s">
-        <v>799</v>
+        <v>793</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>800</v>
+        <v>794</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>801</v>
+        <v>795</v>
       </c>
       <c r="D219" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E219" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F219" t="s">
-        <v>52</v>
+        <v>350</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="H219" t="s">
-        <v>803</v>
+        <v>797</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>804</v>
+        <v>798</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>805</v>
+        <v>799</v>
       </c>
       <c r="D220" t="s">
-        <v>376</v>
+        <v>392</v>
       </c>
       <c r="E220" t="s">
-        <v>377</v>
+        <v>393</v>
       </c>
       <c r="F220" t="s">
-        <v>52</v>
+        <v>350</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>806</v>
+        <v>800</v>
       </c>
       <c r="H220" t="s">
-        <v>807</v>
+        <v>801</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>808</v>
+        <v>802</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>10</v>
+        <v>803</v>
       </c>
       <c r="D221" t="s">
-        <v>809</v>
+        <v>392</v>
       </c>
       <c r="E221" t="s">
-        <v>810</v>
+        <v>393</v>
       </c>
       <c r="F221" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
       <c r="H221" t="s">
-        <v>812</v>
+        <v>805</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>17</v>
+        <v>807</v>
       </c>
       <c r="D222" t="s">
+        <v>392</v>
+      </c>
+      <c r="E222" t="s">
+        <v>393</v>
+      </c>
+      <c r="F222" t="s">
+        <v>350</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H222" t="s">
         <v>809</v>
-      </c>
-[...10 lines deleted...]
-        <v>815</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>21</v>
+        <v>811</v>
       </c>
       <c r="D223" t="s">
-        <v>809</v>
+        <v>392</v>
       </c>
       <c r="E223" t="s">
-        <v>810</v>
+        <v>393</v>
       </c>
       <c r="F223" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="H223" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>819</v>
+        <v>814</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>26</v>
+        <v>815</v>
       </c>
       <c r="D224" t="s">
-        <v>809</v>
+        <v>392</v>
       </c>
       <c r="E224" t="s">
-        <v>810</v>
+        <v>393</v>
       </c>
       <c r="F224" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="H224" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>30</v>
+        <v>819</v>
       </c>
       <c r="D225" t="s">
-        <v>809</v>
+        <v>392</v>
       </c>
       <c r="E225" t="s">
-        <v>810</v>
+        <v>393</v>
       </c>
       <c r="F225" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="H225" t="s">
-        <v>824</v>
+        <v>821</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
+        <v>822</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>823</v>
+      </c>
+      <c r="D226" t="s">
+        <v>392</v>
+      </c>
+      <c r="E226" t="s">
+        <v>393</v>
+      </c>
+      <c r="F226" t="s">
+        <v>350</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="H226" t="s">
         <v>825</v>
-      </c>
-[...19 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
+        <v>826</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>827</v>
+      </c>
+      <c r="D227" t="s">
+        <v>392</v>
+      </c>
+      <c r="E227" t="s">
+        <v>393</v>
+      </c>
+      <c r="F227" t="s">
+        <v>350</v>
+      </c>
+      <c r="G227" s="1" t="s">
         <v>828</v>
       </c>
-      <c r="B227" t="s">
-[...14 lines deleted...]
-      <c r="G227" s="1" t="s">
+      <c r="H227" t="s">
         <v>829</v>
-      </c>
-[...1 lines deleted...]
-        <v>830</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
+        <v>830</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
         <v>831</v>
       </c>
-      <c r="B228" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D228" t="s">
-        <v>809</v>
+        <v>392</v>
       </c>
       <c r="E228" t="s">
-        <v>810</v>
+        <v>393</v>
       </c>
       <c r="F228" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>832</v>
       </c>
       <c r="H228" t="s">
         <v>833</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>834</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>47</v>
+        <v>835</v>
       </c>
       <c r="D229" t="s">
-        <v>809</v>
+        <v>392</v>
       </c>
       <c r="E229" t="s">
-        <v>810</v>
+        <v>393</v>
       </c>
       <c r="F229" t="s">
-        <v>238</v>
+        <v>350</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="H229" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>10</v>
+        <v>839</v>
       </c>
       <c r="D230" t="s">
-        <v>838</v>
+        <v>392</v>
       </c>
       <c r="E230" t="s">
-        <v>839</v>
+        <v>393</v>
       </c>
       <c r="F230" t="s">
-        <v>22</v>
+        <v>350</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>840</v>
       </c>
       <c r="H230" t="s">
         <v>841</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>842</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>17</v>
+        <v>843</v>
       </c>
       <c r="D231" t="s">
-        <v>838</v>
+        <v>392</v>
       </c>
       <c r="E231" t="s">
-        <v>839</v>
+        <v>393</v>
       </c>
       <c r="F231" t="s">
-        <v>843</v>
+        <v>242</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>844</v>
       </c>
       <c r="H231" t="s">
         <v>845</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>846</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>30</v>
+        <v>847</v>
       </c>
       <c r="D232" t="s">
-        <v>838</v>
+        <v>392</v>
       </c>
       <c r="E232" t="s">
-        <v>839</v>
+        <v>393</v>
       </c>
       <c r="F232" t="s">
-        <v>843</v>
+        <v>242</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="H232" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>10</v>
+        <v>851</v>
       </c>
       <c r="D233" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E233" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F233" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>852</v>
       </c>
       <c r="H233" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>854</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>17</v>
+        <v>855</v>
       </c>
       <c r="D234" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E234" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F234" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="H234" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>21</v>
+        <v>859</v>
       </c>
       <c r="D235" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E235" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F235" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="H235" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>26</v>
+        <v>863</v>
       </c>
       <c r="D236" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E236" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F236" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="H236" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>30</v>
+        <v>867</v>
       </c>
       <c r="D237" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E237" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F237" t="s">
-        <v>61</v>
+        <v>242</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="H237" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>35</v>
+        <v>871</v>
       </c>
       <c r="D238" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E238" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F238" t="s">
-        <v>66</v>
+        <v>242</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="H238" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>39</v>
+        <v>875</v>
       </c>
       <c r="D239" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E239" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F239" t="s">
-        <v>22</v>
+        <v>242</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="H239" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>43</v>
+        <v>879</v>
       </c>
       <c r="D240" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E240" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F240" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="H240" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>47</v>
+        <v>882</v>
       </c>
       <c r="D241" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E241" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F241" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>876</v>
+        <v>332</v>
       </c>
       <c r="H241" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>51</v>
+        <v>885</v>
       </c>
       <c r="D242" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E242" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F242" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="H242" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>56</v>
+        <v>889</v>
       </c>
       <c r="D243" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E243" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F243" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="H243" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>60</v>
+        <v>893</v>
       </c>
       <c r="D244" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E244" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F244" t="s">
         <v>61</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>885</v>
+        <v>894</v>
       </c>
       <c r="H244" t="s">
-        <v>886</v>
+        <v>895</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>887</v>
+        <v>896</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>65</v>
+        <v>897</v>
       </c>
       <c r="D245" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E245" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F245" t="s">
         <v>66</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="H245" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>70</v>
+        <v>901</v>
       </c>
       <c r="D246" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E246" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F246" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>891</v>
+        <v>902</v>
       </c>
       <c r="H246" t="s">
-        <v>892</v>
+        <v>903</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>893</v>
+        <v>904</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>75</v>
+        <v>905</v>
       </c>
       <c r="D247" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E247" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F247" t="s">
-        <v>61</v>
+        <v>242</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>894</v>
+        <v>906</v>
       </c>
       <c r="H247" t="s">
-        <v>895</v>
+        <v>907</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>896</v>
+        <v>908</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>79</v>
+        <v>909</v>
       </c>
       <c r="D248" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E248" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F248" t="s">
-        <v>61</v>
+        <v>242</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>897</v>
+        <v>910</v>
       </c>
       <c r="H248" t="s">
-        <v>898</v>
+        <v>911</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>899</v>
+        <v>912</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>83</v>
+        <v>913</v>
       </c>
       <c r="D249" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E249" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F249" t="s">
-        <v>66</v>
+        <v>52</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>900</v>
+        <v>914</v>
       </c>
       <c r="H249" t="s">
-        <v>901</v>
+        <v>915</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>902</v>
+        <v>916</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>87</v>
+        <v>917</v>
       </c>
       <c r="D250" t="s">
-        <v>850</v>
+        <v>392</v>
       </c>
       <c r="E250" t="s">
-        <v>851</v>
+        <v>393</v>
       </c>
       <c r="F250" t="s">
         <v>52</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>903</v>
+        <v>918</v>
       </c>
       <c r="H250" t="s">
-        <v>904</v>
+        <v>919</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>905</v>
+        <v>920</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>91</v>
+        <v>10</v>
       </c>
       <c r="D251" t="s">
-        <v>850</v>
+        <v>921</v>
       </c>
       <c r="E251" t="s">
-        <v>851</v>
+        <v>922</v>
       </c>
       <c r="F251" t="s">
-        <v>66</v>
+        <v>242</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>906</v>
+        <v>923</v>
       </c>
       <c r="H251" t="s">
-        <v>907</v>
+        <v>924</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>908</v>
+        <v>925</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>95</v>
+        <v>17</v>
       </c>
       <c r="D252" t="s">
-        <v>850</v>
+        <v>921</v>
       </c>
       <c r="E252" t="s">
-        <v>851</v>
+        <v>922</v>
       </c>
       <c r="F252" t="s">
-        <v>61</v>
+        <v>242</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>909</v>
+        <v>926</v>
       </c>
       <c r="H252" t="s">
-        <v>910</v>
+        <v>927</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>99</v>
+        <v>21</v>
       </c>
       <c r="D253" t="s">
-        <v>850</v>
+        <v>921</v>
       </c>
       <c r="E253" t="s">
-        <v>851</v>
+        <v>922</v>
       </c>
       <c r="F253" t="s">
-        <v>61</v>
+        <v>242</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>912</v>
+        <v>929</v>
       </c>
       <c r="H253" t="s">
-        <v>913</v>
+        <v>930</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="D254" t="s">
-        <v>850</v>
+        <v>921</v>
       </c>
       <c r="E254" t="s">
-        <v>851</v>
+        <v>922</v>
       </c>
       <c r="F254" t="s">
-        <v>66</v>
+        <v>242</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>915</v>
+        <v>932</v>
       </c>
       <c r="H254" t="s">
-        <v>916</v>
+        <v>933</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>917</v>
+        <v>934</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>107</v>
+        <v>30</v>
       </c>
       <c r="D255" t="s">
-        <v>850</v>
+        <v>921</v>
       </c>
       <c r="E255" t="s">
-        <v>851</v>
+        <v>922</v>
       </c>
       <c r="F255" t="s">
-        <v>66</v>
+        <v>242</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>918</v>
+        <v>935</v>
       </c>
       <c r="H255" t="s">
-        <v>919</v>
+        <v>936</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>920</v>
+        <v>937</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>111</v>
+        <v>35</v>
       </c>
       <c r="D256" t="s">
-        <v>850</v>
+        <v>921</v>
       </c>
       <c r="E256" t="s">
-        <v>851</v>
+        <v>922</v>
       </c>
       <c r="F256" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>921</v>
+        <v>938</v>
       </c>
       <c r="H256" t="s">
-        <v>922</v>
+        <v>939</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>923</v>
+        <v>940</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>115</v>
+        <v>39</v>
       </c>
       <c r="D257" t="s">
-        <v>850</v>
+        <v>921</v>
       </c>
       <c r="E257" t="s">
-        <v>851</v>
+        <v>922</v>
+      </c>
+      <c r="F257" t="s">
+        <v>242</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>325</v>
+        <v>941</v>
       </c>
       <c r="H257" t="s">
-        <v>924</v>
+        <v>942</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>925</v>
+        <v>943</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>119</v>
+        <v>43</v>
       </c>
       <c r="D258" t="s">
-        <v>850</v>
+        <v>921</v>
       </c>
       <c r="E258" t="s">
-        <v>851</v>
+        <v>922</v>
       </c>
       <c r="F258" t="s">
-        <v>66</v>
+        <v>242</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>926</v>
+        <v>944</v>
       </c>
       <c r="H258" t="s">
-        <v>927</v>
+        <v>945</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>928</v>
+        <v>946</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="D259" t="s">
-        <v>850</v>
+        <v>921</v>
       </c>
       <c r="E259" t="s">
-        <v>851</v>
+        <v>922</v>
       </c>
       <c r="F259" t="s">
-        <v>66</v>
+        <v>242</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>929</v>
+        <v>947</v>
       </c>
       <c r="H259" t="s">
-        <v>930</v>
+        <v>948</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>931</v>
+        <v>949</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>127</v>
+        <v>51</v>
       </c>
       <c r="D260" t="s">
-        <v>850</v>
+        <v>921</v>
       </c>
       <c r="E260" t="s">
-        <v>851</v>
+        <v>922</v>
       </c>
       <c r="F260" t="s">
-        <v>66</v>
+        <v>242</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>932</v>
+        <v>950</v>
       </c>
       <c r="H260" t="s">
-        <v>933</v>
+        <v>951</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>934</v>
+        <v>952</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
         <v>10</v>
       </c>
       <c r="D261" t="s">
-        <v>935</v>
+        <v>953</v>
       </c>
       <c r="E261" t="s">
-        <v>936</v>
+        <v>954</v>
       </c>
       <c r="F261" t="s">
-        <v>363</v>
+        <v>22</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>937</v>
+        <v>955</v>
       </c>
       <c r="H261" t="s">
-        <v>938</v>
+        <v>956</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>939</v>
+        <v>957</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
         <v>17</v>
       </c>
       <c r="D262" t="s">
-        <v>935</v>
+        <v>953</v>
       </c>
       <c r="E262" t="s">
-        <v>936</v>
+        <v>954</v>
       </c>
       <c r="F262" t="s">
-        <v>363</v>
+        <v>958</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>940</v>
+        <v>959</v>
       </c>
       <c r="H262" t="s">
-        <v>941</v>
+        <v>960</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>942</v>
+        <v>961</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>735</v>
+        <v>26</v>
       </c>
       <c r="D263" t="s">
-        <v>935</v>
+        <v>953</v>
       </c>
       <c r="E263" t="s">
-        <v>936</v>
+        <v>954</v>
       </c>
       <c r="F263" t="s">
-        <v>238</v>
+        <v>962</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>943</v>
+        <v>963</v>
       </c>
       <c r="H263" t="s">
-        <v>944</v>
+        <v>964</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>945</v>
+        <v>965</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D264" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
       <c r="E264" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="F264" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>949</v>
+        <v>966</v>
       </c>
       <c r="H264" t="s">
-        <v>950</v>
+        <v>967</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D265" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E265" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F265" t="s">
-        <v>948</v>
+        <v>61</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>952</v>
+        <v>971</v>
       </c>
       <c r="H265" t="s">
-        <v>953</v>
+        <v>972</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>954</v>
+        <v>973</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D266" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E266" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F266" t="s">
-        <v>948</v>
+        <v>61</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>955</v>
+        <v>974</v>
       </c>
       <c r="H266" t="s">
-        <v>953</v>
+        <v>975</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>956</v>
+        <v>976</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D267" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E267" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F267" t="s">
-        <v>948</v>
+        <v>61</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>957</v>
+        <v>977</v>
       </c>
       <c r="H267" t="s">
-        <v>958</v>
+        <v>978</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>959</v>
+        <v>979</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D268" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E268" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F268" t="s">
-        <v>225</v>
+        <v>61</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>960</v>
+        <v>980</v>
       </c>
       <c r="H268" t="s">
-        <v>961</v>
+        <v>981</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>962</v>
+        <v>982</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D269" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E269" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F269" t="s">
-        <v>225</v>
+        <v>61</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>963</v>
+        <v>983</v>
       </c>
       <c r="H269" t="s">
-        <v>964</v>
+        <v>984</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>965</v>
+        <v>985</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D270" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E270" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F270" t="s">
-        <v>225</v>
+        <v>66</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>966</v>
+        <v>986</v>
       </c>
       <c r="H270" t="s">
-        <v>967</v>
+        <v>987</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>968</v>
+        <v>988</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D271" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E271" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F271" t="s">
-        <v>843</v>
+        <v>22</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>969</v>
+        <v>989</v>
       </c>
       <c r="H271" t="s">
-        <v>958</v>
+        <v>990</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
+        <v>991</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>43</v>
+      </c>
+      <c r="D272" t="s">
+        <v>969</v>
+      </c>
+      <c r="E272" t="s">
         <v>970</v>
       </c>
-      <c r="B272" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F272" t="s">
-        <v>843</v>
+        <v>61</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>971</v>
+        <v>992</v>
       </c>
       <c r="H272" t="s">
-        <v>972</v>
+        <v>993</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>973</v>
+        <v>994</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D273" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E273" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F273" t="s">
-        <v>843</v>
+        <v>61</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>974</v>
+        <v>995</v>
       </c>
       <c r="H273" t="s">
-        <v>950</v>
+        <v>996</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>975</v>
+        <v>997</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="D274" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E274" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F274" t="s">
-        <v>843</v>
+        <v>22</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>976</v>
+        <v>998</v>
       </c>
       <c r="H274" t="s">
-        <v>977</v>
+        <v>999</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>978</v>
+        <v>1000</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="D275" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E275" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F275" t="s">
-        <v>843</v>
+        <v>61</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>979</v>
+        <v>1001</v>
       </c>
       <c r="H275" t="s">
-        <v>980</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>981</v>
+        <v>1003</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="D276" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E276" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F276" t="s">
-        <v>982</v>
+        <v>61</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>983</v>
+        <v>1004</v>
       </c>
       <c r="H276" t="s">
-        <v>958</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>984</v>
+        <v>1006</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="D277" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E277" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F277" t="s">
-        <v>982</v>
+        <v>66</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>985</v>
+        <v>1007</v>
       </c>
       <c r="H277" t="s">
-        <v>967</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>986</v>
+        <v>1009</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="D278" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E278" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F278" t="s">
-        <v>982</v>
+        <v>61</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>987</v>
+        <v>1010</v>
       </c>
       <c r="H278" t="s">
-        <v>950</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>988</v>
+        <v>1012</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="D279" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E279" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F279" t="s">
-        <v>982</v>
+        <v>61</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>989</v>
+        <v>1013</v>
       </c>
       <c r="H279" t="s">
-        <v>990</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>991</v>
+        <v>1015</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D280" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E280" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F280" t="s">
-        <v>982</v>
+        <v>61</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>992</v>
+        <v>1016</v>
       </c>
       <c r="H280" t="s">
-        <v>953</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>993</v>
+        <v>1018</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D281" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E281" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F281" t="s">
-        <v>982</v>
+        <v>66</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>994</v>
+        <v>1019</v>
       </c>
       <c r="H281" t="s">
-        <v>953</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>995</v>
+        <v>1021</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D282" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E282" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F282" t="s">
-        <v>982</v>
+        <v>52</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>996</v>
+        <v>1022</v>
       </c>
       <c r="H282" t="s">
-        <v>997</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>998</v>
+        <v>1024</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D283" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E283" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F283" t="s">
-        <v>999</v>
+        <v>66</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1000</v>
+        <v>1025</v>
       </c>
       <c r="H283" t="s">
-        <v>1001</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1002</v>
+        <v>1027</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="D284" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E284" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F284" t="s">
-        <v>999</v>
+        <v>61</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1003</v>
+        <v>1028</v>
       </c>
       <c r="H284" t="s">
-        <v>1004</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1005</v>
+        <v>1030</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D285" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E285" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F285" t="s">
-        <v>999</v>
+        <v>61</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1006</v>
+        <v>1031</v>
       </c>
       <c r="H285" t="s">
-        <v>967</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1007</v>
+        <v>1033</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>107</v>
+        <v>103</v>
       </c>
       <c r="D286" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E286" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F286" t="s">
-        <v>999</v>
+        <v>66</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1008</v>
+        <v>1034</v>
       </c>
       <c r="H286" t="s">
-        <v>1009</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1010</v>
+        <v>1036</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="D287" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E287" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F287" t="s">
-        <v>999</v>
+        <v>66</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1011</v>
+        <v>1037</v>
       </c>
       <c r="H287" t="s">
-        <v>1012</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1013</v>
+        <v>1039</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="D288" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E288" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F288" t="s">
-        <v>1014</v>
+        <v>66</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1015</v>
+        <v>1040</v>
       </c>
       <c r="H288" t="s">
-        <v>967</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1016</v>
+        <v>1042</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D289" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E289" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-        <v>1014</v>
+        <v>970</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1017</v>
+        <v>332</v>
       </c>
       <c r="H289" t="s">
-        <v>1018</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1019</v>
+        <v>1044</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="D290" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E290" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F290" t="s">
-        <v>1014</v>
+        <v>66</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1020</v>
+        <v>1045</v>
       </c>
       <c r="H290" t="s">
-        <v>1021</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1022</v>
+        <v>1047</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="D291" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E291" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F291" t="s">
-        <v>1014</v>
+        <v>66</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1023</v>
+        <v>1048</v>
       </c>
       <c r="H291" t="s">
-        <v>1024</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1025</v>
+        <v>1050</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="D292" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E292" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F292" t="s">
-        <v>1014</v>
+        <v>66</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1026</v>
+        <v>1051</v>
       </c>
       <c r="H292" t="s">
-        <v>958</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1027</v>
+        <v>1053</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D293" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E293" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F293" t="s">
-        <v>1028</v>
+        <v>962</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1029</v>
+        <v>1054</v>
       </c>
       <c r="H293" t="s">
-        <v>958</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1030</v>
+        <v>1056</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>139</v>
+        <v>10</v>
       </c>
       <c r="D294" t="s">
-        <v>946</v>
+        <v>1057</v>
       </c>
       <c r="E294" t="s">
-        <v>947</v>
+        <v>1058</v>
       </c>
       <c r="F294" t="s">
-        <v>1028</v>
+        <v>350</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1031</v>
+        <v>1059</v>
       </c>
       <c r="H294" t="s">
-        <v>967</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1032</v>
+        <v>1061</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>143</v>
+        <v>17</v>
       </c>
       <c r="D295" t="s">
-        <v>946</v>
+        <v>1057</v>
       </c>
       <c r="E295" t="s">
-        <v>947</v>
+        <v>1058</v>
       </c>
       <c r="F295" t="s">
-        <v>1028</v>
+        <v>350</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1033</v>
+        <v>1062</v>
       </c>
       <c r="H295" t="s">
-        <v>1034</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1035</v>
+        <v>1064</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>147</v>
+        <v>843</v>
       </c>
       <c r="D296" t="s">
-        <v>946</v>
+        <v>1057</v>
       </c>
       <c r="E296" t="s">
-        <v>947</v>
+        <v>1058</v>
       </c>
       <c r="F296" t="s">
-        <v>1028</v>
+        <v>242</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1036</v>
+        <v>1065</v>
       </c>
       <c r="H296" t="s">
-        <v>1037</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1038</v>
+        <v>1067</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>151</v>
+        <v>10</v>
       </c>
       <c r="D297" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E297" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F297" t="s">
-        <v>1028</v>
+        <v>962</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1039</v>
+        <v>1070</v>
       </c>
       <c r="H297" t="s">
-        <v>953</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1040</v>
+        <v>1072</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>156</v>
+        <v>17</v>
       </c>
       <c r="D298" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E298" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F298" t="s">
-        <v>1041</v>
+        <v>962</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1042</v>
+        <v>1073</v>
       </c>
       <c r="H298" t="s">
-        <v>953</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1043</v>
+        <v>1075</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>160</v>
+        <v>21</v>
       </c>
       <c r="D299" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E299" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F299" t="s">
-        <v>1041</v>
+        <v>962</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1044</v>
+        <v>1076</v>
       </c>
       <c r="H299" t="s">
-        <v>1045</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1046</v>
+        <v>1077</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>164</v>
+        <v>26</v>
       </c>
       <c r="D300" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E300" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F300" t="s">
-        <v>1041</v>
+        <v>962</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1047</v>
+        <v>1078</v>
       </c>
       <c r="H300" t="s">
-        <v>958</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1048</v>
+        <v>1080</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>168</v>
+        <v>30</v>
       </c>
       <c r="D301" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E301" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F301" t="s">
-        <v>1041</v>
+        <v>229</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1049</v>
+        <v>1081</v>
       </c>
       <c r="H301" t="s">
-        <v>953</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1050</v>
+        <v>1083</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>172</v>
+        <v>35</v>
       </c>
       <c r="D302" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E302" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F302" t="s">
-        <v>1041</v>
+        <v>229</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1051</v>
+        <v>1084</v>
       </c>
       <c r="H302" t="s">
-        <v>972</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1052</v>
+        <v>1086</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>176</v>
+        <v>39</v>
       </c>
       <c r="D303" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E303" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F303" t="s">
-        <v>1041</v>
+        <v>229</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1053</v>
+        <v>1087</v>
       </c>
       <c r="H303" t="s">
-        <v>1054</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1055</v>
+        <v>1089</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>180</v>
+        <v>43</v>
       </c>
       <c r="D304" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E304" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F304" t="s">
-        <v>1056</v>
+        <v>958</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1057</v>
+        <v>1090</v>
       </c>
       <c r="H304" t="s">
-        <v>953</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1058</v>
+        <v>1091</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>184</v>
+        <v>47</v>
       </c>
       <c r="D305" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E305" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F305" t="s">
-        <v>1056</v>
+        <v>958</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1059</v>
+        <v>1092</v>
       </c>
       <c r="H305" t="s">
-        <v>997</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1060</v>
+        <v>1094</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>188</v>
+        <v>51</v>
       </c>
       <c r="D306" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E306" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F306" t="s">
-        <v>1056</v>
+        <v>958</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1061</v>
+        <v>1095</v>
       </c>
       <c r="H306" t="s">
-        <v>1062</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1063</v>
+        <v>1096</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>192</v>
+        <v>56</v>
       </c>
       <c r="D307" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E307" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F307" t="s">
-        <v>1056</v>
+        <v>958</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1064</v>
+        <v>1097</v>
       </c>
       <c r="H307" t="s">
-        <v>967</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1065</v>
+        <v>1099</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>196</v>
+        <v>60</v>
       </c>
       <c r="D308" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E308" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F308" t="s">
-        <v>1066</v>
+        <v>958</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1067</v>
+        <v>1100</v>
       </c>
       <c r="H308" t="s">
-        <v>997</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>65</v>
+      </c>
+      <c r="D309" t="s">
         <v>1068</v>
       </c>
-      <c r="B309" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E309" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F309" t="s">
-        <v>1066</v>
+        <v>1103</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1069</v>
+        <v>1104</v>
       </c>
       <c r="H309" t="s">
-        <v>1070</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1071</v>
+        <v>1105</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>513</v>
+        <v>70</v>
       </c>
       <c r="D310" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E310" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F310" t="s">
-        <v>1066</v>
+        <v>1103</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1072</v>
+        <v>1106</v>
       </c>
       <c r="H310" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1074</v>
+        <v>1107</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>517</v>
+        <v>75</v>
       </c>
       <c r="D311" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E311" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F311" t="s">
-        <v>1066</v>
+        <v>1103</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1075</v>
+        <v>1108</v>
       </c>
       <c r="H311" t="s">
-        <v>1073</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1076</v>
+        <v>1109</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>521</v>
+        <v>79</v>
       </c>
       <c r="D312" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E312" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F312" t="s">
-        <v>1066</v>
+        <v>1103</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1077</v>
+        <v>1110</v>
       </c>
       <c r="H312" t="s">
-        <v>1078</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1079</v>
+        <v>1112</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>525</v>
+        <v>83</v>
       </c>
       <c r="D313" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E313" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F313" t="s">
-        <v>1066</v>
+        <v>1103</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1080</v>
+        <v>1113</v>
       </c>
       <c r="H313" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1082</v>
+        <v>1114</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>529</v>
+        <v>87</v>
       </c>
       <c r="D314" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E314" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F314" t="s">
-        <v>1083</v>
+        <v>1103</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1084</v>
+        <v>1115</v>
       </c>
       <c r="H314" t="s">
-        <v>1085</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1086</v>
+        <v>1116</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>533</v>
+        <v>91</v>
       </c>
       <c r="D315" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E315" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F315" t="s">
-        <v>1083</v>
+        <v>1103</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1087</v>
+        <v>1117</v>
       </c>
       <c r="H315" t="s">
-        <v>1073</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1088</v>
+        <v>1119</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>537</v>
+        <v>95</v>
       </c>
       <c r="D316" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E316" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F316" t="s">
-        <v>1083</v>
+        <v>1120</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1089</v>
+        <v>1121</v>
       </c>
       <c r="H316" t="s">
-        <v>1090</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1091</v>
+        <v>1123</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>541</v>
+        <v>99</v>
       </c>
       <c r="D317" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E317" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F317" t="s">
-        <v>1083</v>
+        <v>1120</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1092</v>
+        <v>1124</v>
       </c>
       <c r="H317" t="s">
-        <v>1073</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1093</v>
+        <v>1126</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>545</v>
+        <v>103</v>
       </c>
       <c r="D318" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E318" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F318" t="s">
-        <v>1083</v>
+        <v>1120</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1094</v>
+        <v>1127</v>
       </c>
       <c r="H318" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1095</v>
+        <v>1128</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>549</v>
+        <v>107</v>
       </c>
       <c r="D319" t="s">
-        <v>946</v>
+        <v>1068</v>
       </c>
       <c r="E319" t="s">
-        <v>947</v>
+        <v>1069</v>
       </c>
       <c r="F319" t="s">
-        <v>1083</v>
+        <v>1120</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1096</v>
+        <v>1129</v>
       </c>
       <c r="H319" t="s">
-        <v>1081</v>
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>111</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F320" t="s">
+        <v>1120</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>115</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F321" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>119</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F322" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>123</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F323" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>127</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F324" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>131</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F325" t="s">
+        <v>1135</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>135</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F326" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1150</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>139</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F327" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>143</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F328" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>147</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F329" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>151</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F330" t="s">
+        <v>1149</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>156</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F331" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1164</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>160</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F332" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>164</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F333" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>168</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F334" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>172</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F335" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>176</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F336" t="s">
+        <v>1162</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>180</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F337" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>184</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F338" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>188</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F339" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>192</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F340" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>196</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F341" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>200</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F342" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>204</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F343" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>532</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F344" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>536</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F345" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>540</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F346" t="s">
+        <v>1187</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>544</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F347" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>548</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1209</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>552</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F349" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>556</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>560</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F351" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>564</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F352" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1202</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -12282,50 +13503,83 @@
     <hyperlink ref="G295" r:id="rId294"/>
     <hyperlink ref="G296" r:id="rId295"/>
     <hyperlink ref="G297" r:id="rId296"/>
     <hyperlink ref="G298" r:id="rId297"/>
     <hyperlink ref="G299" r:id="rId298"/>
     <hyperlink ref="G300" r:id="rId299"/>
     <hyperlink ref="G301" r:id="rId300"/>
     <hyperlink ref="G302" r:id="rId301"/>
     <hyperlink ref="G303" r:id="rId302"/>
     <hyperlink ref="G304" r:id="rId303"/>
     <hyperlink ref="G305" r:id="rId304"/>
     <hyperlink ref="G306" r:id="rId305"/>
     <hyperlink ref="G307" r:id="rId306"/>
     <hyperlink ref="G308" r:id="rId307"/>
     <hyperlink ref="G309" r:id="rId308"/>
     <hyperlink ref="G310" r:id="rId309"/>
     <hyperlink ref="G311" r:id="rId310"/>
     <hyperlink ref="G312" r:id="rId311"/>
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
     <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>