--- v0 (2025-12-16)
+++ v1 (2026-03-21)
@@ -51,2001 +51,2001 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/451/projeto_de_decreto_legislativo_-_ouvidoria_05-2019.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/451/projeto_de_decreto_legislativo_-_ouvidoria_05-2019.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA OUVIDORIA NO ÂMBITO DA CÂMARA MUNICIPAL DE FREDERICO WESTPHALEN/RS E DETERMINA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_decreto_legislativo_-_joao.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_decreto_legislativo_-_joao.docx</t>
   </si>
   <si>
     <t>REGULAMENTA FORMA E CRITÉRIOS DE INFORMAÇÃO E PUBLICIDADE PELAS AUTARQUIAS, PERMISSIONÁRIAS, COMPANHIAS E DE SUAS SUBSIDIÁRIAS, NA REALIZAÇÃO DE OBRAS OU SERVIÇOS NO ÂMBITO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/460/projeto_de_lei_-_03-2019.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/460/projeto_de_lei_-_03-2019.docx</t>
   </si>
   <si>
     <t>REGULAMENTA A FORMA E CRITÉRIOS DE INFORMAÇÃO E PUBLICIDADE PELAS AUTARQUIAS, PERMISSIONÁRIAS, COMPANHIAS E DE SUAS SUBSIDIÁRIAS, NA REALIZAÇÃO DE OBRAS OU SERVIÇOS NO ÂMBITO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/428/projeto_lei_complementar__n_05.2019_-_alteracao_64aW17n.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/428/projeto_lei_complementar__n_05.2019_-_alteracao_64aW17n.docx</t>
   </si>
   <si>
     <t>Altera itens das Tabelas II e IV, o caput do art. 412 e o art. 413, da Lei Complementar nº 004, de 21 de dezembro de 2018, que “Disciplina o Sistema Tributário do Município, consolida leis e institui o novo Código Tributário Municipal”.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/491/projeto_lei_complementar_n_006.2019_-_alteracao_ctm.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/491/projeto_lei_complementar_n_006.2019_-_alteracao_ctm.docx</t>
   </si>
   <si>
     <t>Altera dispositivos e itens da Tabela IV, da Lei Complementar nº 004, de 21 de dezembro de 2018, que “Disciplina o Sistema Tributário do Município, consolida leis e institui o novo Código Tributário Municipal”.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/393/projeto_lei_n_01_-_recebe_em_doacao_terreno.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/393/projeto_lei_n_01_-_recebe_em_doacao_terreno.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a receber doação de imóvel e dá outras providências.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/394/projeto_lei_n_02_-_altera_regime_juridico_servidor.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/394/projeto_lei_n_02_-_altera_regime_juridico_servidor.docx</t>
   </si>
   <si>
     <t>Regulamenta o art. 113 da Lei Complementar Municipal nº. 002/2001 (Regime Jurídico dos Servidores Públicos do Município), e dá outras providências.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/395/projeto_lei_n_03_-_declara_utilidade_publica.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/395/projeto_lei_n_03_-_declara_utilidade_publica.docx</t>
   </si>
   <si>
     <t>Regulamenta a concessão de títulos de utilidade pública às entidades de assistência social, culturais e filantrópicas, e dá outras providências.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/396/projeto_lei_n_04_-_desconto_iptu..docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/396/projeto_lei_n_04_-_desconto_iptu..docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder desconto sobre o Imposto Predial e Territorial Urbano e Taxas Correlatas (Taxa de Coleta e Destinação de Resíduos Sólidos Urbanos), e dá outras providências.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/397/projeto_lei_n_05_-_convenio_faders_servidor.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/397/projeto_lei_n_05_-_convenio_faders_servidor.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo a celebrar Termo de Cooperação Técnica com a Fundação de Articulação e Desenvolvimento de Políticas Públicas para Pessoas com Deficiência e com Altas Habilidades no Rio Grande do Sul – FADERS, e dá outras providências.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/398/projeto_lei_n_06_-_convocacao_arquiteto.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/398/projeto_lei_n_06_-_convocacao_arquiteto.docx</t>
   </si>
   <si>
     <t>Autoriza a convocação de profissional de Arquitetura para regime suplementar de trabalho.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/399/projeto_lei_n_07_-_cargos_gari.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/399/projeto_lei_n_07_-_cargos_gari.docx</t>
   </si>
   <si>
     <t>Altera dispositivo de Lei Municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/400/projeto_lei_n_08_-_caixa.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/400/projeto_lei_n_08_-_caixa.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operação de crédito junto à Caixa Econômica Federal, no âmbito do programa FINISA – Financiamento à Infraestrutura e ao Saneamento na modalidade Apoio Financeiro destinado a aplicação em Despesa de Capital e a oferecer garantias, e dá outras providências.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/404/projeto_lei_n_09_-_pro_empresa_1.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/404/projeto_lei_n_09_-_pro_empresa_1.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Criar o Fundo Municipal do Empreendedor - Pró-Empresa/Pró-Empreendedor, e da outras providências.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a celebrar contrato administrativo de concessão de uso de bem público municipal.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/402/projeto_lei_n_011_-_tornearia_34_fiametti.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/402/projeto_lei_n_011_-_tornearia_34_fiametti.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder incentivo a Sociedade Empresária Limitada.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/403/projeto_lei_n_012_-_derli_manoel_dos_santos.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/403/projeto_lei_n_012_-_derli_manoel_dos_santos.docx</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Autoriza a celebração de Convênio de Cooperação com a Sociedade Beneficente do Hospital de Caridade Divina Providência, com repasse de recursos.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/406/projeto_lei_n_014_-_caixa_finisa.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/406/projeto_lei_n_014_-_caixa_finisa.docx</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/408/projeto_lei_n_015_-_equipe_multidisciplinar_-_t_TwBSSe0.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/408/projeto_lei_n_015_-_equipe_multidisciplinar_-_t_TwBSSe0.docx</t>
   </si>
   <si>
     <t>Institui cargos para Equipe Multidisciplinar, dispõe sobre necessidade temporária de excepcional interesse público, autoriza contratação em caráter temporário e emergencial, e dá outras providências.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/409/projeto_lei_n_016_-_reajuste.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/409/projeto_lei_n_016_-_reajuste.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão da remuneração dos profissionais do magistério, dos servidores do quadro geral, aumento real e o reajuste do valor do cartão cesta básica dos servidores, e dá outras providências.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/410/projeto_lei_n_017_-_convenio_ponte_vicente_dutra_vilson.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/410/projeto_lei_n_017_-_convenio_ponte_vicente_dutra_vilson.docx</t>
   </si>
   <si>
     <t>Autoriza o Município de Frederico Westphalen a executar obra de construção de um pontilhão em concreto armado na Linha Brondani em parceria com o Município de Vicente Dutra, mediante celebração de convênio, e dá outras providências.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/411/projeto_lei_n_018_-_carlos_roani.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/411/projeto_lei_n_018_-_carlos_roani.docx</t>
   </si>
   <si>
     <t>Autoriza o desmembramento do lote nº 13 com área de 1.450m² e unificar com o lote nº 10 neste município.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/414/projeto_lei_n_019_-_incetivo_futebol_estadual_a_RJ04yt3.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/414/projeto_lei_n_019_-_incetivo_futebol_estadual_a_RJ04yt3.docx</t>
   </si>
   <si>
     <t>Institui programa de incentivo e apoio ao Futebol Profissional no Município de Frederico Westphalen, e dá outras providências.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/415/projeto_lei_n_020_-_contribuicao_de_melhoria_ru_8ss72u3.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/415/projeto_lei_n_020_-_contribuicao_de_melhoria_ru_8ss72u3.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a cobrança de Contribuição de Melhoria na execução de obras públicas que enumera.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/416/projeto_lei_n_021_-_contribuicao_de_melhoria_ru_C2kvRqY.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/416/projeto_lei_n_021_-_contribuicao_de_melhoria_ru_C2kvRqY.docx</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/417/projeto_lei_n_022_-_contribuicao_de_melhoria_ru_roDqZ7x.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/417/projeto_lei_n_022_-_contribuicao_de_melhoria_ru_roDqZ7x.docx</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/418/projeto_lei_n_023_-_contribuicao_de_melhoria_ru_pohknr0.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/418/projeto_lei_n_023_-_contribuicao_de_melhoria_ru_pohknr0.docx</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/419/projeto_lei_n_024_-_contribuicao_de_melhoria_ru_iYqur2d.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/419/projeto_lei_n_024_-_contribuicao_de_melhoria_ru_iYqur2d.docx</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_lei_n_025_-_vale_cVTBOYJ.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_lei_n_025_-_vale_cVTBOYJ.docx</t>
   </si>
   <si>
     <t>Altera os arts. 1º e 5º da Lei Municipal nº. 3.881/2013, e dá outras providências.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/421/projeto_lei_n_026_-_altera_lm_4.169_-_assistencia.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/421/projeto_lei_n_026_-_altera_lm_4.169_-_assistencia.docx</t>
   </si>
   <si>
     <t>Acrescenta dispositivos na Lei Municipal n.º 4.169 de 26 de março de 2015, e dá outras providências.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_lei_n_027_-_organizacao_social.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_lei_n_027_-_organizacao_social.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a qualificação de entidades sem fins lucrativos como organizações sociais, para atuação na área da saúde pública.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/423/projeto_lei_n_028_-_cred._especial_despesas_exe_lnogIGG.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/423/projeto_lei_n_028_-_cred._especial_despesas_exe_lnogIGG.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal reconhecer, empenhar, liquidar e pagar despesas de exercícios anteriores, abrir crédito adicional especial para incluir conta orçamentária de despesa (elemento), no orçamento municipal vigente e dá outras providências.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_lei_n_029_-_patrulha_agricola_linha_boa_sSTyY8X.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_lei_n_029_-_patrulha_agricola_linha_boa_sSTyY8X.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar contrato administrativo de autorização de uso com a Patrulha Agrícola da Linha Boa Esperança, e dá outras providências.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/425/projeto_lei_n_030_-_patrulha_agricola_linha_enc_UCgIjg7.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/425/projeto_lei_n_030_-_patrulha_agricola_linha_enc_UCgIjg7.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar contrato administrativo de autorização de uso com a Patrulha Agrícola da Linha Encruzilhada, e dá outras providências.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_lei_n_031_-_cargo_serventes_atualizado.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_lei_n_031_-_cargo_serventes_atualizado.docx</t>
   </si>
   <si>
     <t>Dispõe sobre necessidade temporária de excepcional interesse público, autoriza contratação em caráter temporário e emergencial, e dá outras providências.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/427/projeto_lei_n_032_-_auxiliar_saude_bucal_temporario.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/427/projeto_lei_n_032_-_auxiliar_saude_bucal_temporario.docx</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/429/projeto_lei_n_033_-_pim_e_supervisor_suas.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/429/projeto_lei_n_033_-_pim_e_supervisor_suas.docx</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/430/projeto_lei_n_034_-_professores_educacao.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/430/projeto_lei_n_034_-_professores_educacao.docx</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/431/projeto_lei_n_035_-_eletricista_e_dentista.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/431/projeto_lei_n_035_-_eletricista_e_dentista.docx</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/432/projeto_lei_n_036_-_operario_e_motorista.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/432/projeto_lei_n_036_-_operario_e_motorista.docx</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/433/projeto_lei_n_037_-_altera_padrao_sub_prefeitos.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/433/projeto_lei_n_037_-_altera_padrao_sub_prefeitos.docx</t>
   </si>
   <si>
     <t>Altera padrão de vencimento no quadro de cargos e funções do município.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/434/projeto_lei_n_038_-_termo_de_colaboracao_acsurs.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/434/projeto_lei_n_038_-_termo_de_colaboracao_acsurs.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar termo de colaboração com entidade privada sem fins lucrativos, abrir crédito adicional especial no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_lei_n_039_-_criacao_de_gratificacao_de__SxL0fIC.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_lei_n_039_-_criacao_de_gratificacao_de__SxL0fIC.docx</t>
   </si>
   <si>
     <t>Cria a Gratificação de Risco - GR para os servidores públicos municipais que ocupam o cargo efetivo de Fiscal, Fiscal Ambiental, Fiscal de Obras, Fiscal Sanitarista e Fiscal Tributário, inclui dispositivos na Lei Municipal Nº 4.467/2017, de 18 de dezembro de 2017, inclui e altera dispositivos na Lei Municipal Nº 4.231, de 24 de julho de 2015 e dá outras providências.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_lei_n_040_-_pedreiros_serventes_e_carpinteiros.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_lei_n_040_-_pedreiros_serventes_e_carpinteiros.docx</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_lei_n_041_-_abre_credito_convenio_fnde.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_lei_n_041_-_abre_credito_convenio_fnde.docx</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos adicionais especiais e dá outras providências.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/441/projeto_lei_n_042_-_show_alok.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/441/projeto_lei_n_042_-_show_alok.docx</t>
   </si>
   <si>
     <t>Autoriza o Município, Poder Executivo, a celebrar Termo de Autorização de Uso com a empresa que especifica.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/440/projeto_lei_n_043_-_convocacao_arquiteto.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/440/projeto_lei_n_043_-_convocacao_arquiteto.docx</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_lei_n_044_-_convocacao_dentista.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_lei_n_044_-_convocacao_dentista.docx</t>
   </si>
   <si>
     <t>Autoriza a convocação de profissional Cirurgião Dentista para regime suplementar de trabalho.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/439/projeto_lei_n_045_-_altera_lm_4.169_-_sobreavis_JRnIdkd.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/439/projeto_lei_n_045_-_altera_lm_4.169_-_sobreavis_JRnIdkd.docx</t>
   </si>
   <si>
     <t>Acrescenta dispositivos na Lei Municipal n.º 4.169 de 26 de março de 2019, e dá outras providências;</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/442/projeto_lei_n_046_-_outorga_escrituras_nucleo_h_hnb7FOG.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/442/projeto_lei_n_046_-_outorga_escrituras_nucleo_h_hnb7FOG.docx</t>
   </si>
   <si>
     <t>Autoriza a regularização de terrenos e unidades habitacionais, dentro do Plano Municipal de Habitação de Interesse Social, e dá outras providências.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/444/projeto_lei_n_047_-_acoes_continuadas.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/444/projeto_lei_n_047_-_acoes_continuadas.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termos de Fomento com organizações da sociedade civil que menciona, efetuando a transferência de recursos financeiros, e da outras providências.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_lei_n_048_-_fiscal_de_transito.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_lei_n_048_-_fiscal_de_transito.docx</t>
   </si>
   <si>
     <t>Institui gratificação de função para o exercício de fiscalização de trânsito no âmbito municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/443/projeto_lei_n_049_-_altera_lei_aux._saude_bucal.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/443/projeto_lei_n_049_-_altera_lei_aux._saude_bucal.docx</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/446/projeto_lei_n_050_-_altera_lm_1.036.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/446/projeto_lei_n_050_-_altera_lm_1.036.docx</t>
   </si>
   <si>
     <t>Altera e inclui dispositivos da Lei Municipal nº 1.036, de 23 de novembro de 1984.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/447/projeto_lei_n_051_-_altera_4.619_organizacao_social.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/447/projeto_lei_n_051_-_altera_4.619_organizacao_social.docx</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.619, de 03 de maio de 2019.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/448/projeto_lei_n_052_-_enfermeiros.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/448/projeto_lei_n_052_-_enfermeiros.docx</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/449/projeto_lei_n_053_-_convenio_com_a_justica_federal.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/449/projeto_lei_n_053_-_convenio_com_a_justica_federal.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Convênio de Cooperação com a Justiça Federal de Primeiro Grau – Secção Judiciária do Rio Grande do Sul, para a locação de espaço físico, cedência de servidor e estagiários.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/450/projeto_lei_n_054_-_fomento_apae.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/450/projeto_lei_n_054_-_fomento_apae.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar termo de fomento com a Associação de Pais e Amigos dos Excepcionais - APAE, e dá outras providências.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/452/projeto_lei_n_055_-_convocacao_de_veterinario_magali.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/452/projeto_lei_n_055_-_convocacao_de_veterinario_magali.docx</t>
   </si>
   <si>
     <t>Autoriza a convocação de profissional de veterinária para regime suplementar de trabalho.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/453/projeto_lei_n_056_-_atena.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/453/projeto_lei_n_056_-_atena.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar termo de fomento com a Associação Cultural Atena de Frederico Westphalen, e dá outras providências.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/455/projeto_lei_n_057_-_contribuicao_de_melhoria.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/455/projeto_lei_n_057_-_contribuicao_de_melhoria.docx</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/456/projeto_lei_n_058_-_abre_credito_especial.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/456/projeto_lei_n_058_-_abre_credito_especial.docx</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/457/projeto_lei_n_059_-_programa_de_incentivo_a_silagem.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/457/projeto_lei_n_059_-_programa_de_incentivo_a_silagem.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Incentivo à Silagem no Município de Frederico Westphalen/RS, e dá outras providências.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/458/projeto_lei_n_060_-_programa_de_incentivo_a_sec_lVmoxXt.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/458/projeto_lei_n_060_-_programa_de_incentivo_a_sec_lVmoxXt.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Incentivo à Secagem de Grãos no Município de Frederico Westphalen/RS, e dá outras providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/459/projeto_lei_n_061_-_refis_em_dia_com_frederico.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/459/projeto_lei_n_061_-_refis_em_dia_com_frederico.docx</t>
   </si>
   <si>
     <t>Institui o Programa Especial de Recuperação e Regularização de Dívidas denominado "Em dia com Frederico", a ser promovido pelo Poder Executivo com o objetivo de promover a recuperação e a regularização de créditos da Fazenda Pública do Município de Frederico Westphalen e dá outras providencias.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/461/projeto_lei_n_062_-_valor_adicionado_icms_ultim_qlk8mJK.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/461/projeto_lei_n_062_-_valor_adicionado_icms_ultim_qlk8mJK.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar convênio com os Municípios de Caiçara, Vicente Dutra, Irai, Taquaruçu do Sul, Vista Alegre, Palmitinho, Pinheirinho do Vale e a Cooperativa Tritícola Frederico Westphalen Ltda., visando a distribuição do Valor Adicionado do ICMS, e dá outras providências.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/462/projeto_lei_n_063_-_convenio_brigada_militar_2.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/462/projeto_lei_n_063_-_convenio_brigada_militar_2.docx</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a celebrar convênio com o departamento estadual de trânsito - DETRAN/RS. E a brigada militar, com a interveniência da secretaria da segurança pública, visando estabelecer cooperação entre os partícipes na execução dos procedimentos relativos à segurança do trânsito, e dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/463/projeto_lei_n_064_-_valor_adicionado_icms_100.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/463/projeto_lei_n_064_-_valor_adicionado_icms_100.docx</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/464/projeto_lei_n_065_-_altera_lm__3.286___zoneamen_cMwKvWE.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/464/projeto_lei_n_065_-_altera_lm__3.286___zoneamen_cMwKvWE.docx</t>
   </si>
   <si>
     <t>Altera o Mapa de Zoneamento Urbano - Anexo IV, do Plano Diretor de Desenvolvimento Integrado (PDDI) do Município de Frederico Westphalen e dá outras providências.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/465/projeto_lei_n_066_-_altera_692.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/465/projeto_lei_n_066_-_altera_692.docx</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 692, de 26 de maio de 1976.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/466/projeto_lei_n_067_-_consepro.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/466/projeto_lei_n_067_-_consepro.docx</t>
   </si>
   <si>
     <t>Autoriza o município a conceder contribuição ao conselho comunitário pró segurança pública de Frederico Westphalen - CONSEPRO.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/467/projeto_lei_n_068_-_arbaza.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/467/projeto_lei_n_068_-_arbaza.docx</t>
   </si>
   <si>
     <t>Dispõe sobre autorização de uso de bem público municipal e dá outras providências.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/468/projeto_lei_n_069_-_prorrogacao_gari.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/468/projeto_lei_n_069_-_prorrogacao_gari.docx</t>
   </si>
   <si>
     <t>Define função como necessidade temporária e de excepcional interesse público e autoriza a prorrogação de contratação de servidores em caráter temporário e emergencial.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/469/projeto_lei_n_070_-_subvencoes_sociais.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/469/projeto_lei_n_070_-_subvencoes_sociais.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Colaboração com entidades de assistência social, em cumprimento ao Programa de Auxílios e Subvenções para o presente exercício.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/470/projeto_lei_n_071_-_creditos_04.2019_-_recursos__Mj4s1rB.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/470/projeto_lei_n_071_-_creditos_04.2019_-_recursos__Mj4s1rB.doc</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/471/projeto_lei_n_072_-_atendentes_de_farmacia_e_fa_ui329PN.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/471/projeto_lei_n_072_-_atendentes_de_farmacia_e_fa_ui329PN.docx</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/472/projeto_lei_n_073_-_roncalli.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/472/projeto_lei_n_073_-_roncalli.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar termo de fomento com o Círculo de Pais e Mestres da Escola Estadual de Ensino Médio Cardeal Roncalli, e dá outras providências.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/473/projeto_lei_n_074_-_abertura_credito_juce.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/473/projeto_lei_n_074_-_abertura_credito_juce.docx</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/474/projeto_lei_n_075_-_creditos_05.2019_-_recursos__krCdixJ.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/474/projeto_lei_n_075_-_creditos_05.2019_-_recursos__krCdixJ.doc</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/475/projeto_lei_n_076_-_rpps_-_servicos_administrativos.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/475/projeto_lei_n_076_-_rpps_-_servicos_administrativos.docx</t>
   </si>
   <si>
     <t>Institui gratificação de serviço a ser paga a servidor designado como responsável por serviços administrativos e atendimento público aos segurados do Regime Próprio de Previdência Social – RPPS – do Município de Frederico Westphalen, e dá outras providências.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/476/projeto_lei_n_077_-_contratacao_temporaria_assi_sSmIhUV.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/476/projeto_lei_n_077_-_contratacao_temporaria_assi_sSmIhUV.docx</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/477/projeto_lei_n_078_-_convenio_hdp_-_uti.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/477/projeto_lei_n_078_-_convenio_hdp_-_uti.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder executivo a celebrar Convênio de Cooperação com a Sociedade Beneficente do Hospital de Caridade e dá outras providências.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/478/projeto_lei_n_079_-_taxas_contribuicao.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/478/projeto_lei_n_079_-_taxas_contribuicao.docx</t>
   </si>
   <si>
     <t>Institui normas para o pagamento parcelado da contribuição de melhoria, concede isenção, e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/479/projeto_lei_n_080_-_programa_apoio_ao_esporte.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/479/projeto_lei_n_080_-_programa_apoio_ao_esporte.docx</t>
   </si>
   <si>
     <t>Institui no município de Frederico Westphalen o programa bolsa atleta, e dá outras providências.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/480/projeto_lei_n_081_-_termo_de_fomento_consepro_frederico.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/480/projeto_lei_n_081_-_termo_de_fomento_consepro_frederico.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Termo de Fomento com o CONSEPRO – Conselho Comunitário Pró Segurança Pública de Frederico Westphalen, abrir crédito adicional especial no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/481/projeto_lei_n_082_-_convenio_taquarucu_calcamen_2HNoP5X.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/481/projeto_lei_n_082_-_convenio_taquarucu_calcamen_2HNoP5X.docx</t>
   </si>
   <si>
     <t>Autoriza o Município de Frederico Westphalen firmar Convênio com o Município de Taquaruçu do Sul, com o intuito de repassar recursos financeiros, visando a conclusão de obras de pavimentação com pedras poliédricas (calçamento) na estrada vicinal que liga a RSC-472 ao IFF e UFSM, e dá outras providências.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/482/projeto_lei_n_083_-_convenio_liberato_ponte_rio_varzea.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/482/projeto_lei_n_083_-_convenio_liberato_ponte_rio_varzea.docx</t>
   </si>
   <si>
     <t>Autoriza o Município de Frederico Westphalen firmar Convênio com o Município de Liberato Salzano, com o intuito de repassar recursos financeiros, visando a conclusão de uma ponte sobre o Rio da Várzea, localizada na divisa entre os municípios de Liberato Salzano/RS e Rodeio Bonito/RS, e dá outras providências.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/483/projeto_lei_n_084_-_altera_lei_2690_2002_plano__JkegeGf.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/483/projeto_lei_n_084_-_altera_lei_2690_2002_plano__JkegeGf.docx</t>
   </si>
   <si>
     <t>Inclui dispositivos da Lei Municipal nº 2.690, de 11 de Dezembro de 2002, que dispõe sobre os profissionais da educação, institui novo plano de carreira e remuneração do magistério público municipal.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_lei_n_085_-_creditos_07.2019_-_recursos__l2sdmfl.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_lei_n_085_-_creditos_07.2019_-_recursos__l2sdmfl.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial e dá outras providências.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_lei_n_086_-_repasse_cotrifred_1.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_lei_n_086_-_repasse_cotrifred_1.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder incentivo a Cooperativa Tritícola Frederico Westphalen LTDA, abrir crédito adicional especial no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/486/projeto_lei_n_087_-_altera_lm_4.494_estacioname_YOT17zS.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/486/projeto_lei_n_087_-_altera_lm_4.494_estacioname_YOT17zS.docx</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.494, de 02 de fevereiro de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_lei_n_088_-_semana_farroupilha.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_lei_n_088_-_semana_farroupilha.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar termo de fomento com a Associação Farroupilha Frederiquense - AFF, e dá outras providências.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Fomento com a Associação Casa Familiar Rural Santo Isidoro.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/490/projeto_lei_n_090_-_altera_lei_pro_empresa.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/490/projeto_lei_n_090_-_altera_lei_pro_empresa.docx</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.605, de 29 de março de 2019.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/492/projeto_lei_n_091_-_gratificacao_comissao_sind._2tTLAR3.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/492/projeto_lei_n_091_-_gratificacao_comissao_sind._2tTLAR3.docx</t>
   </si>
   <si>
     <t>Inclui e Altera Dispositivos da Lei Municipal nº 3.950, de 11 de setembro de 2009, que Autoriza o Poder Executivo a conceder gratificação e dá outras providências.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_lei_n_092_-_aabb.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_lei_n_092_-_aabb.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar Acordo de Cooperação com a Associação Atlética Banco do Brasil.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/494/projeto_lei_n_093_-_atendentes_de_farmacia.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/494/projeto_lei_n_093_-_atendentes_de_farmacia.docx</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/495/projeto_lei_n_094_-_farmaceutico.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/495/projeto_lei_n_094_-_farmaceutico.docx</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_lei_n_095_-__calcamento_rua_avelino_sponchiado.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_lei_n_095_-__calcamento_rua_avelino_sponchiado.docx</t>
   </si>
   <si>
     <t>Autoriza a execução de obra de melhoria em via pública, a declarar de interesse social e econômico a obra de melhoria, dispensar o lançamento e a cobrança da contribuição de melhoria, e dá outras providências.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_lei_n_096_-_calcamento_estrada_getulio_vargas.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_lei_n_096_-_calcamento_estrada_getulio_vargas.docx</t>
   </si>
   <si>
     <t>Autoriza a execução de obra de melhoria em via pública rural de acesso à linha Getúlio Vargas, a declarar de interesse social e econômico a obra de melhoria, dispensar o lançamento e a cobrança da contribuição de melhoria, e dá outras providências.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/499/projeto_lei_n_097_-_conselho_municipal_de_polit_Y4woFWo.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/499/projeto_lei_n_097_-_conselho_municipal_de_polit_Y4woFWo.docx</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Política Animal - COMUPA.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/500/projeto_lei_n_098_-_fundo_municipal_de_politica_animal.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/500/projeto_lei_n_098_-_fundo_municipal_de_politica_animal.docx</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Política Animal e dá outras providências.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/501/projeto_lei_n_099_-_programa_esporte_material_esportivo.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/501/projeto_lei_n_099_-_programa_esporte_material_esportivo.docx</t>
   </si>
   <si>
     <t>Institui Programa de Apoio e Incentivo ao Esporte, mediante a aquisição e doação de uniformes e materiais esportivos aos clubes/equipes participantes dos campeonatos municipal de futebol de campo, e dá outras providencias.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/502/projeto_lei_n_100_-_altera_lm__4.063__ampliacao_9BEHkwR.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/502/projeto_lei_n_100_-_altera_lm__4.063__ampliacao_9BEHkwR.docx</t>
   </si>
   <si>
     <t>Altera anexos da Lei Municipal nº 4.063 de 9 de julho de 2014, que delimita e localiza o perímetro da sede urbana municipal consolidada, além de definir os limites dos bairros no interior da poligonal fechada da sede urbana municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/503/projeto_lei_n_101_-_altera_lm__3.286___zoneamen_4LrLWem.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/503/projeto_lei_n_101_-_altera_lm__3.286___zoneamen_4LrLWem.docx</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/504/projeto_lei_n_102_-_getulio_vargas.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/504/projeto_lei_n_102_-_getulio_vargas.docx</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 2.845, de 23 de junho de 2004.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/505/projeto_lei_n_103_-_altera_padrao_servidores.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/505/projeto_lei_n_103_-_altera_padrao_servidores.docx</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/512/projeto_lei_n_105__-_gratificacao_legislativo.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/512/projeto_lei_n_105__-_gratificacao_legislativo.doc</t>
   </si>
   <si>
     <t>Institui gratificação especial aos servidores do Poder Executivo Municipal que desempenham tarefas excepcionais para o Poder Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_lei_n_106_-_contribuicao_de_melhoria_rua_62.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_lei_n_106_-_contribuicao_de_melhoria_rua_62.docx</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_lei_n_107_-_calcamento_osvaldo_cruz_-_l_RNpTN2m.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_lei_n_107_-_calcamento_osvaldo_cruz_-_l_RNpTN2m.docx</t>
   </si>
   <si>
     <t>Autoriza a execução de obra de melhoria em via pública no Distrito de Osvaldo Cruz, a declarar de interesse social e econômico a obra de melhoria, dispensar o lançamento e a cobrança da contribuição de melhoria, e dá outras providências.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_lei_n_108_-_calcamento_osvaldo_cruz_-_l_MUaeF3w.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_lei_n_108_-_calcamento_osvaldo_cruz_-_l_MUaeF3w.docx</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/514/projeto_lei_n_109_-_ldo_2020.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/514/projeto_lei_n_109_-_ldo_2020.docx</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2020.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/515/projeto_lei_n_110_-_show_de_premio.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/515/projeto_lei_n_110_-_show_de_premio.doc</t>
   </si>
   <si>
     <t>Autoriza a celebrar termo de fomento com a CDL-FW, e dá outras providências.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/516/projeto_lei_n_111_-_conselho_municipal_politica_nr1EZGt.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/516/projeto_lei_n_111_-_conselho_municipal_politica_nr1EZGt.docx</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.276, de 03 de dezembro de 2015.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/517/projeto_lei_n_112_-_altera_lei_bolsa_atleta.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/517/projeto_lei_n_112_-_altera_lei_bolsa_atleta.docx</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.658, de 09 de agosto de 2019.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/518/projeto_lei_n_113_-_termo_de_fomento_consepro_v_BRyLnPm.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/518/projeto_lei_n_113_-_termo_de_fomento_consepro_v_BRyLnPm.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Termo de Fomento com o CONSEPRO -Conselho Comunitário Pró Segurança Pública de Frederico Westphalen, abrir crédito adicional especial no orçamento vigente e dá outras providências.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/519/projeto_lei_n_114_-_apae_13_019.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/519/projeto_lei_n_114_-_apae_13_019.docx</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/520/projeto_lei_n_115_-_autorizacao_brigada_militar.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/520/projeto_lei_n_115_-_autorizacao_brigada_militar.docx</t>
   </si>
   <si>
     <t>Concede autorização ao 37º BPM – Batalhão de Polícia Militar de Frederico Westphalen na forma que especifica, e dá outras providências.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/521/projeto_lei_n_116_-_altera_programa_incentivo_futebol.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/521/projeto_lei_n_116_-_altera_programa_incentivo_futebol.docx</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4.610, de 05 de abril de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/522/projeto_lei_n_117_-_abre_credito_2._docx.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/522/projeto_lei_n_117_-_abre_credito_2._docx.docx</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/523/projeto_lei_n_118_-_convenio_ponte_vista_alegre_X8aqzUi.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/523/projeto_lei_n_118_-_convenio_ponte_vista_alegre_X8aqzUi.docx</t>
   </si>
   <si>
     <t>Autoriza o Município de Frederico Westphalen a executar obra de construção de um pontilhão em concreto armado na Linha Barra Grande em parceria com o Município de Vista Alegre, mediante celebração de convênio, e dá outras providências.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/524/projeto_lei_n_119_-_altera_padrao_pim_e_crianca_feliz.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/524/projeto_lei_n_119_-_altera_padrao_pim_e_crianca_feliz.docx</t>
   </si>
   <si>
     <t>Altera padrão de vencimento no quadro de cargos e funções do município</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/525/projeto_lei_n_120_-_fassm.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/525/projeto_lei_n_120_-_fassm.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Fundo de Assistência à Saúde dos Servidores Públicos Municipais - FASSM, e dá outras providências.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/526/projeto_lei_n_121_-_convocacao_engenheiro.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/526/projeto_lei_n_121_-_convocacao_engenheiro.docx</t>
   </si>
   <si>
     <t>Autoriza a convocação de até dois profissionais de Engenharia Civil para regime suplementar de trabalho.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/527/projeto_lei_n_122_-_chefe_almoxarifado.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/527/projeto_lei_n_122_-_chefe_almoxarifado.docx</t>
   </si>
   <si>
     <t>Cria o cargo de Chefe do Setor de Almoxarifado, extingue o cargo de Assessor do Controle Patrimonial, e dá outras providências.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/528/projeto_lei_n_123_-_centro_de_vocacao_tecnologi_nkYG1tq.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/528/projeto_lei_n_123_-_centro_de_vocacao_tecnologi_nkYG1tq.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação do Centro de Vocação Tecnológica de Confecção de Frederico Westphalen (CVT), e dá outras providências.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/529/projeto_lei_n_124_-_credito_especial_fundo_muni_iU7OMcv.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/529/projeto_lei_n_124_-_credito_especial_fundo_muni_iU7OMcv.docx</t>
   </si>
   <si>
     <t>Abre Crédito Adicional Especial no Orçamento Municipal Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/530/projeto_lei_n_125_-_doacao_guarani_1.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/530/projeto_lei_n_125_-_doacao_guarani_1.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a doar bem imóvel, e dá outras providências.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/531/projeto_lei_n_126_-_departamento_transito.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/531/projeto_lei_n_126_-_departamento_transito.docx</t>
   </si>
   <si>
     <t>Cria o Departamento Municipal de Trânsito e Mobilidade, na estrutura administrativa do Município de Frederico Westphalen, restrutura o órgão executivo municipal de transito, e dá outras providências.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/532/projeto_lei_n_127_-_altera_lei_4.466.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/532/projeto_lei_n_127_-_altera_lei_4.466.docx</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4.466, de 18 de dezembro de 2017, e dá outras providências.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/533/projeto_lei_n_128_-_altera_lei_4.487.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/533/projeto_lei_n_128_-_altera_lei_4.487.docx</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4.487, de 22 de março de 2018, e dá outras providências.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/534/projeto_lei_n_129_-_locacao_ginasio_itapage.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/534/projeto_lei_n_129_-_locacao_ginasio_itapage.docx</t>
   </si>
   <si>
     <t>Autoriza a locação de imóvel, e dá outras providências.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/535/projeto_lei_n_130_-_liberdade_economica.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/535/projeto_lei_n_130_-_liberdade_economica.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a recepção local e à aplicabilidade da Declaração de Direitos de Liberdade Econômica, prevista na Lei Federal nº 13.874, de 20 de setembro de 2019, no âmbito do Município de Frederico Westphalen - RS.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/536/projeto_lei_n_131_-_doacao_imovel_-_guarani_fut_4hP49g4.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/536/projeto_lei_n_131_-_doacao_imovel_-_guarani_fut_4hP49g4.docx</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/537/projeto_lei_n_132_-_parcelamento_inss.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/537/projeto_lei_n_132_-_parcelamento_inss.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar parcelamento para pagamento de débitos previdenciários com a Receita Federal do Brasil (RFB), e dá outras providencias.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/538/projeto_lei_n_133_-__revisao_aliquota_da_contrib_9xguLbL.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/538/projeto_lei_n_133_-__revisao_aliquota_da_contrib_9xguLbL.doc</t>
   </si>
   <si>
     <t>Altera a redação do artigo 13 da Lei Municipal n. 2.976/05, que dispõe sobre as Alíquotas de Contribuição do Regime Próprio de Previdência dos Servidores do Município de Frederico Westphalen/RS (RPPS), e dá outras providências.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/539/projeto_lei_n_134_-_altera_padrao_atendente_creche.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/539/projeto_lei_n_134_-_altera_padrao_atendente_creche.docx</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/540/projeto_lei_n_135_-_altera_padrao_auxiliar_vigi_OcJRYPv.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/540/projeto_lei_n_135_-_altera_padrao_auxiliar_vigi_OcJRYPv.docx</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/541/projeto_lei_n_136_-_municipalizacao_trecho_ers.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/541/projeto_lei_n_136_-_municipalizacao_trecho_ers.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a municipalizar trecho urbano da Rodovia ERS/591 - Frederico Westphalen, e dá outras providências.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/542/projeto_lei_n_137_-_altera_programa_incentivo_a_silagem.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/542/projeto_lei_n_137_-_altera_programa_incentivo_a_silagem.docx</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 4.645, de 10 de julho de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/543/projeto_lei_n_138_-_prorrogacao_serventes.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/543/projeto_lei_n_138_-_prorrogacao_serventes.docx</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/544/projeto_lei_n_139_-_convocacao_de_veterinario_f_T2Ax9rr.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/544/projeto_lei_n_139_-_convocacao_de_veterinario_f_T2Ax9rr.docx</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/545/projeto_lei_n_140_-_unificacao_de_lotes_e_doaca_YG4GQX9.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/545/projeto_lei_n_140_-_unificacao_de_lotes_e_doaca_YG4GQX9.docx</t>
   </si>
   <si>
     <t>Autoriza a unificação de área, e dá outras providências.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/546/projeto_lei_n_141_-_metalurgica_jade.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/546/projeto_lei_n_141_-_metalurgica_jade.docx</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/547/projeto_lei_n_142_-_loa_2020.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/547/projeto_lei_n_142_-_loa_2020.docx</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Frederico Westphalen para o exercício financeiro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/548/projeto_lei_n_143_-_altera_lei_no4695-2019.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/548/projeto_lei_n_143_-_altera_lei_no4695-2019.docx</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº4695, de 17 de outubro de 2019.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_lei_n_144_-_suplementacoes_-_dotacoes_camara.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_lei_n_144_-_suplementacoes_-_dotacoes_camara.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de créditos adicionais especiais e suplementares e dá outras providências.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/550/projeto_lei_n_145_-_convenio_piton_e_piton.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/550/projeto_lei_n_145_-_convenio_piton_e_piton.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Convênio de Cooperação com a empresa Piton &amp; Piton Ltda., e dá outras providências.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/551/projeto_lei_n_146_-_bri_pedras.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/551/projeto_lei_n_146_-_bri_pedras.docx</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/552/projeto_lei_n_147_-_liberdade_economica.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/552/projeto_lei_n_147_-_liberdade_economica.docx</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/553/projeto_lei_n_148_-_ponte_menino_bernardo.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/553/projeto_lei_n_148_-_ponte_menino_bernardo.docx</t>
   </si>
   <si>
     <t>Dá nome a ponte localizada na Linha São Francisco, e dá outras providências.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/554/projeto_lei_n_149_-_programa_mexa-se.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/554/projeto_lei_n_149_-_programa_mexa-se.docx</t>
   </si>
   <si>
     <t>Institui o Programa "Mexa-Se - Hábitos De Vida Saudável" no Município de Frederico Westphalen.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_lei_n_150_-_altera_lei_3881_2013_cartao_oOF8Wyq.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_lei_n_150_-_altera_lei_3881_2013_cartao_oOF8Wyq.docx</t>
   </si>
   <si>
     <t>Inclui e altera dispositivos na Lei Municipal nº 3.881, de 29 de Abril de 2013, que institui o programa municipal "cartão cesta básica dos servidores".</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/556/projeto_lei_n_151_-_contribuicao_de_melhoria_ru_zjauoTV.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/556/projeto_lei_n_151_-_contribuicao_de_melhoria_ru_zjauoTV.docx</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/557/projeto_lei_n_152_-_calcamento_rua_nove.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/557/projeto_lei_n_152_-_calcamento_rua_nove.docx</t>
   </si>
   <si>
     <t>Autoriza a execução de obra de melhoria na Rua Nove, a declarar de interesse social e econômico a obra de melhoria, dispensar o lançamento e a cobrança da contribuição de melhoria, e dá outras providências.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/558/projeto_lei_n_153_-_incentivo_noli_lemes.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/558/projeto_lei_n_153_-_incentivo_noli_lemes.docx</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/559/projeto_lei_n_154_-_calcamento_rua_17.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/559/projeto_lei_n_154_-_calcamento_rua_17.docx</t>
   </si>
   <si>
     <t>Autoriza a execução de obra de melhoria na Rua 17, a declarar de interesse social e econômico a obra de melhoria, dispensar o lançamento e a cobrança da contribuição de melhoria, e dá outras providências.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/560/projeto_lei_n_155_-_regularizacao_edificacoes.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/560/projeto_lei_n_155_-_regularizacao_edificacoes.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização administrativa das edificações que estão em desacordo com as normas urbanísticas e institui o Programa de regularização da Construção Civil no Município de Frederico Westphalen, denominado “REGULARIZA FREDERICO”</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/561/projeto_lei_n_156_-_faixa_nao_edificavel.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/561/projeto_lei_n_156_-_faixa_nao_edificavel.docx</t>
   </si>
   <si>
     <t>Dispõe sobre faixa não edificável no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/562/projeto_lei_n_157_-_contratacao_medico.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/562/projeto_lei_n_157_-_contratacao_medico.docx</t>
   </si>
   <si>
     <t>Define função como necessidade temporária, emergencial e de excepcional interesse público e autoriza a contratação de servidores em caráter emergencial.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/563/projeto_lei_n_158_-_lavanderia_progresso.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/563/projeto_lei_n_158_-_lavanderia_progresso.docx</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/564/projeto_lei_n_159_-_suifarma.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/564/projeto_lei_n_159_-_suifarma.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder incentivo a empresa e dá outras providências.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/565/projeto_lei_n_160_-_incentivo_sabadin.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/565/projeto_lei_n_160_-_incentivo_sabadin.docx</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/566/projeto_lei_n_161_-_funcoes_magisterio.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/566/projeto_lei_n_161_-_funcoes_magisterio.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o exercício das funções de Magistério desenvolvidas na Secretaria Municipal da Educação e Cultura, suas peculiaridades e a incorporação da convocação.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/567/projeto_lei_n_162_-_creditos_10.2019_-_recursos__WpbyRQ1.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/567/projeto_lei_n_162_-_creditos_10.2019_-_recursos__WpbyRQ1.doc</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/568/projeto_lei_n_163_-_creditos_11.2019_-_recursos_funrebom.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/568/projeto_lei_n_163_-_creditos_11.2019_-_recursos_funrebom.doc</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/569/projeto_lei_n_164_-_cred._suplem._cessao_oneros_4il9ncw.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/569/projeto_lei_n_164_-_cred._suplem._cessao_oneros_4il9ncw.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal abrir crédito adicional especial para incluir conta orçamentária de receita, de despesa e fonte de recurso, no orçamento municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/570/projeto_lei_n_165_-_desconto_iptu..docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/570/projeto_lei_n_165_-_desconto_iptu..docx</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 4.593, de 21 de janeiro de 2019.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/571/projeto_lei_n_166_-_programa_mais_frederico.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/571/projeto_lei_n_166_-_programa_mais_frederico.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a política de desenvolvimento econômico no Município de Frederico Westphalen, institui o Programa "Mais Frederico", e dá outras providências.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/572/projeto_lei_n_167_-_parcelamento_de_creditos_em_WmVp8ri.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/572/projeto_lei_n_167_-_parcelamento_de_creditos_em_WmVp8ri.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento parcelado de créditos tributários e não tributários inscritos em divida ativa, e dá outras providências.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/573/projeto_lei_n_168_-_assistente_social.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/573/projeto_lei_n_168_-_assistente_social.docx</t>
   </si>
   <si>
     <t>Define função como necessidade temporária e de excepcional interesse público e autoriza contratação de servidor em caráter temporário e emergencial.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/574/projeto_lei_n_169_-_expofred.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/574/projeto_lei_n_169_-_expofred.docx</t>
   </si>
   <si>
     <t>Autoriza o Município a realizar despesas com a realização da ExpoFred 2020, a celebrar termo de fomento com a AFRED ASSOC FREDERIQUENSE DE DESENVOLVIMENTO, e dá outras providências.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/575/projeto_lei_n_170_-_creditos_13.2019_-_ajuste_ce_giJfsTj.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/575/projeto_lei_n_170_-_creditos_13.2019_-_ajuste_ce_giJfsTj.doc</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O VALOR DA BOLSA AUXÍLIO DO ESTÁGIO.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/513/projeto_de_lei_no_02_2019_reajusta_subsidios_do_d5YJSLI.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/513/projeto_de_lei_no_02_2019_reajusta_subsidios_do_d5YJSLI.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AUTORIZAÇÃO DE REPASSE DAS DESPESAS DE MANUTENÇÃO DA SEDE PROVISÓRIA DA CÂMARA DE VEREADORES PARA A UNIVERSIDADE REGIONAL INTEGRADA, CÂMPUS DE FREDERICO WESTPHALEN – RS.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Ofício nº 196/2019 GAB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -2364,68 +2364,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/451/projeto_de_decreto_legislativo_-_ouvidoria_05-2019.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_decreto_legislativo_-_joao.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/460/projeto_de_lei_-_03-2019.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/428/projeto_lei_complementar__n_05.2019_-_alteracao_64aW17n.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/491/projeto_lei_complementar_n_006.2019_-_alteracao_ctm.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/393/projeto_lei_n_01_-_recebe_em_doacao_terreno.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/394/projeto_lei_n_02_-_altera_regime_juridico_servidor.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/395/projeto_lei_n_03_-_declara_utilidade_publica.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/396/projeto_lei_n_04_-_desconto_iptu..docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/397/projeto_lei_n_05_-_convenio_faders_servidor.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/398/projeto_lei_n_06_-_convocacao_arquiteto.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/399/projeto_lei_n_07_-_cargos_gari.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/400/projeto_lei_n_08_-_caixa.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/404/projeto_lei_n_09_-_pro_empresa_1.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/402/projeto_lei_n_011_-_tornearia_34_fiametti.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/403/projeto_lei_n_012_-_derli_manoel_dos_santos.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/406/projeto_lei_n_014_-_caixa_finisa.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/408/projeto_lei_n_015_-_equipe_multidisciplinar_-_t_TwBSSe0.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/409/projeto_lei_n_016_-_reajuste.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/410/projeto_lei_n_017_-_convenio_ponte_vicente_dutra_vilson.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/411/projeto_lei_n_018_-_carlos_roani.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/414/projeto_lei_n_019_-_incetivo_futebol_estadual_a_RJ04yt3.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/415/projeto_lei_n_020_-_contribuicao_de_melhoria_ru_8ss72u3.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/416/projeto_lei_n_021_-_contribuicao_de_melhoria_ru_C2kvRqY.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/417/projeto_lei_n_022_-_contribuicao_de_melhoria_ru_roDqZ7x.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/418/projeto_lei_n_023_-_contribuicao_de_melhoria_ru_pohknr0.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/419/projeto_lei_n_024_-_contribuicao_de_melhoria_ru_iYqur2d.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_lei_n_025_-_vale_cVTBOYJ.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/421/projeto_lei_n_026_-_altera_lm_4.169_-_assistencia.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_lei_n_027_-_organizacao_social.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/423/projeto_lei_n_028_-_cred._especial_despesas_exe_lnogIGG.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_lei_n_029_-_patrulha_agricola_linha_boa_sSTyY8X.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/425/projeto_lei_n_030_-_patrulha_agricola_linha_enc_UCgIjg7.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_lei_n_031_-_cargo_serventes_atualizado.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/427/projeto_lei_n_032_-_auxiliar_saude_bucal_temporario.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/429/projeto_lei_n_033_-_pim_e_supervisor_suas.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/430/projeto_lei_n_034_-_professores_educacao.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/431/projeto_lei_n_035_-_eletricista_e_dentista.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/432/projeto_lei_n_036_-_operario_e_motorista.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/433/projeto_lei_n_037_-_altera_padrao_sub_prefeitos.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/434/projeto_lei_n_038_-_termo_de_colaboracao_acsurs.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_lei_n_039_-_criacao_de_gratificacao_de__SxL0fIC.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_lei_n_040_-_pedreiros_serventes_e_carpinteiros.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_lei_n_041_-_abre_credito_convenio_fnde.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/441/projeto_lei_n_042_-_show_alok.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/440/projeto_lei_n_043_-_convocacao_arquiteto.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_lei_n_044_-_convocacao_dentista.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/439/projeto_lei_n_045_-_altera_lm_4.169_-_sobreavis_JRnIdkd.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/442/projeto_lei_n_046_-_outorga_escrituras_nucleo_h_hnb7FOG.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/444/projeto_lei_n_047_-_acoes_continuadas.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_lei_n_048_-_fiscal_de_transito.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/443/projeto_lei_n_049_-_altera_lei_aux._saude_bucal.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/446/projeto_lei_n_050_-_altera_lm_1.036.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/447/projeto_lei_n_051_-_altera_4.619_organizacao_social.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/448/projeto_lei_n_052_-_enfermeiros.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/449/projeto_lei_n_053_-_convenio_com_a_justica_federal.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/450/projeto_lei_n_054_-_fomento_apae.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/452/projeto_lei_n_055_-_convocacao_de_veterinario_magali.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/453/projeto_lei_n_056_-_atena.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/455/projeto_lei_n_057_-_contribuicao_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/456/projeto_lei_n_058_-_abre_credito_especial.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/457/projeto_lei_n_059_-_programa_de_incentivo_a_silagem.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/458/projeto_lei_n_060_-_programa_de_incentivo_a_sec_lVmoxXt.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/459/projeto_lei_n_061_-_refis_em_dia_com_frederico.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/461/projeto_lei_n_062_-_valor_adicionado_icms_ultim_qlk8mJK.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/462/projeto_lei_n_063_-_convenio_brigada_militar_2.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/463/projeto_lei_n_064_-_valor_adicionado_icms_100.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/464/projeto_lei_n_065_-_altera_lm__3.286___zoneamen_cMwKvWE.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/465/projeto_lei_n_066_-_altera_692.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/466/projeto_lei_n_067_-_consepro.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/467/projeto_lei_n_068_-_arbaza.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/468/projeto_lei_n_069_-_prorrogacao_gari.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/469/projeto_lei_n_070_-_subvencoes_sociais.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/470/projeto_lei_n_071_-_creditos_04.2019_-_recursos__Mj4s1rB.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/471/projeto_lei_n_072_-_atendentes_de_farmacia_e_fa_ui329PN.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/472/projeto_lei_n_073_-_roncalli.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/473/projeto_lei_n_074_-_abertura_credito_juce.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/474/projeto_lei_n_075_-_creditos_05.2019_-_recursos__krCdixJ.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/475/projeto_lei_n_076_-_rpps_-_servicos_administrativos.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/476/projeto_lei_n_077_-_contratacao_temporaria_assi_sSmIhUV.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/477/projeto_lei_n_078_-_convenio_hdp_-_uti.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/478/projeto_lei_n_079_-_taxas_contribuicao.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/479/projeto_lei_n_080_-_programa_apoio_ao_esporte.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/480/projeto_lei_n_081_-_termo_de_fomento_consepro_frederico.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/481/projeto_lei_n_082_-_convenio_taquarucu_calcamen_2HNoP5X.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/482/projeto_lei_n_083_-_convenio_liberato_ponte_rio_varzea.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/483/projeto_lei_n_084_-_altera_lei_2690_2002_plano__JkegeGf.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_lei_n_085_-_creditos_07.2019_-_recursos__l2sdmfl.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_lei_n_086_-_repasse_cotrifred_1.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/486/projeto_lei_n_087_-_altera_lm_4.494_estacioname_YOT17zS.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_lei_n_088_-_semana_farroupilha.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/490/projeto_lei_n_090_-_altera_lei_pro_empresa.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/492/projeto_lei_n_091_-_gratificacao_comissao_sind._2tTLAR3.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_lei_n_092_-_aabb.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/494/projeto_lei_n_093_-_atendentes_de_farmacia.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/495/projeto_lei_n_094_-_farmaceutico.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_lei_n_095_-__calcamento_rua_avelino_sponchiado.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_lei_n_096_-_calcamento_estrada_getulio_vargas.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/499/projeto_lei_n_097_-_conselho_municipal_de_polit_Y4woFWo.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/500/projeto_lei_n_098_-_fundo_municipal_de_politica_animal.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/501/projeto_lei_n_099_-_programa_esporte_material_esportivo.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/502/projeto_lei_n_100_-_altera_lm__4.063__ampliacao_9BEHkwR.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/503/projeto_lei_n_101_-_altera_lm__3.286___zoneamen_4LrLWem.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/504/projeto_lei_n_102_-_getulio_vargas.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/505/projeto_lei_n_103_-_altera_padrao_servidores.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/512/projeto_lei_n_105__-_gratificacao_legislativo.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_lei_n_106_-_contribuicao_de_melhoria_rua_62.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_lei_n_107_-_calcamento_osvaldo_cruz_-_l_RNpTN2m.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_lei_n_108_-_calcamento_osvaldo_cruz_-_l_MUaeF3w.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/514/projeto_lei_n_109_-_ldo_2020.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/515/projeto_lei_n_110_-_show_de_premio.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/516/projeto_lei_n_111_-_conselho_municipal_politica_nr1EZGt.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/517/projeto_lei_n_112_-_altera_lei_bolsa_atleta.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/518/projeto_lei_n_113_-_termo_de_fomento_consepro_v_BRyLnPm.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/519/projeto_lei_n_114_-_apae_13_019.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/520/projeto_lei_n_115_-_autorizacao_brigada_militar.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/521/projeto_lei_n_116_-_altera_programa_incentivo_futebol.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/522/projeto_lei_n_117_-_abre_credito_2._docx.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/523/projeto_lei_n_118_-_convenio_ponte_vista_alegre_X8aqzUi.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/524/projeto_lei_n_119_-_altera_padrao_pim_e_crianca_feliz.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/525/projeto_lei_n_120_-_fassm.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/526/projeto_lei_n_121_-_convocacao_engenheiro.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/527/projeto_lei_n_122_-_chefe_almoxarifado.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/528/projeto_lei_n_123_-_centro_de_vocacao_tecnologi_nkYG1tq.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/529/projeto_lei_n_124_-_credito_especial_fundo_muni_iU7OMcv.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/530/projeto_lei_n_125_-_doacao_guarani_1.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/531/projeto_lei_n_126_-_departamento_transito.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/532/projeto_lei_n_127_-_altera_lei_4.466.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/533/projeto_lei_n_128_-_altera_lei_4.487.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/534/projeto_lei_n_129_-_locacao_ginasio_itapage.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/535/projeto_lei_n_130_-_liberdade_economica.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/536/projeto_lei_n_131_-_doacao_imovel_-_guarani_fut_4hP49g4.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/537/projeto_lei_n_132_-_parcelamento_inss.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/538/projeto_lei_n_133_-__revisao_aliquota_da_contrib_9xguLbL.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/539/projeto_lei_n_134_-_altera_padrao_atendente_creche.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/540/projeto_lei_n_135_-_altera_padrao_auxiliar_vigi_OcJRYPv.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/541/projeto_lei_n_136_-_municipalizacao_trecho_ers.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/542/projeto_lei_n_137_-_altera_programa_incentivo_a_silagem.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/543/projeto_lei_n_138_-_prorrogacao_serventes.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/544/projeto_lei_n_139_-_convocacao_de_veterinario_f_T2Ax9rr.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/545/projeto_lei_n_140_-_unificacao_de_lotes_e_doaca_YG4GQX9.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/546/projeto_lei_n_141_-_metalurgica_jade.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/547/projeto_lei_n_142_-_loa_2020.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/548/projeto_lei_n_143_-_altera_lei_no4695-2019.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_lei_n_144_-_suplementacoes_-_dotacoes_camara.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/550/projeto_lei_n_145_-_convenio_piton_e_piton.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/551/projeto_lei_n_146_-_bri_pedras.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/552/projeto_lei_n_147_-_liberdade_economica.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/553/projeto_lei_n_148_-_ponte_menino_bernardo.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/554/projeto_lei_n_149_-_programa_mexa-se.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_lei_n_150_-_altera_lei_3881_2013_cartao_oOF8Wyq.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/556/projeto_lei_n_151_-_contribuicao_de_melhoria_ru_zjauoTV.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/557/projeto_lei_n_152_-_calcamento_rua_nove.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/558/projeto_lei_n_153_-_incentivo_noli_lemes.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/559/projeto_lei_n_154_-_calcamento_rua_17.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/560/projeto_lei_n_155_-_regularizacao_edificacoes.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/561/projeto_lei_n_156_-_faixa_nao_edificavel.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/562/projeto_lei_n_157_-_contratacao_medico.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/563/projeto_lei_n_158_-_lavanderia_progresso.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/564/projeto_lei_n_159_-_suifarma.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/565/projeto_lei_n_160_-_incentivo_sabadin.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/566/projeto_lei_n_161_-_funcoes_magisterio.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/567/projeto_lei_n_162_-_creditos_10.2019_-_recursos__WpbyRQ1.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/568/projeto_lei_n_163_-_creditos_11.2019_-_recursos_funrebom.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/569/projeto_lei_n_164_-_cred._suplem._cessao_oneros_4il9ncw.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/570/projeto_lei_n_165_-_desconto_iptu..docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/571/projeto_lei_n_166_-_programa_mais_frederico.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/572/projeto_lei_n_167_-_parcelamento_de_creditos_em_WmVp8ri.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/573/projeto_lei_n_168_-_assistente_social.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/574/projeto_lei_n_169_-_expofred.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/575/projeto_lei_n_170_-_creditos_13.2019_-_ajuste_ce_giJfsTj.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/513/projeto_de_lei_no_02_2019_reajusta_subsidios_do_d5YJSLI.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/451/projeto_de_decreto_legislativo_-_ouvidoria_05-2019.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_decreto_legislativo_-_joao.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/460/projeto_de_lei_-_03-2019.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/428/projeto_lei_complementar__n_05.2019_-_alteracao_64aW17n.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/491/projeto_lei_complementar_n_006.2019_-_alteracao_ctm.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/393/projeto_lei_n_01_-_recebe_em_doacao_terreno.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/394/projeto_lei_n_02_-_altera_regime_juridico_servidor.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/395/projeto_lei_n_03_-_declara_utilidade_publica.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/396/projeto_lei_n_04_-_desconto_iptu..docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/397/projeto_lei_n_05_-_convenio_faders_servidor.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/398/projeto_lei_n_06_-_convocacao_arquiteto.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/399/projeto_lei_n_07_-_cargos_gari.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/400/projeto_lei_n_08_-_caixa.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/404/projeto_lei_n_09_-_pro_empresa_1.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/402/projeto_lei_n_011_-_tornearia_34_fiametti.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/403/projeto_lei_n_012_-_derli_manoel_dos_santos.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/406/projeto_lei_n_014_-_caixa_finisa.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/408/projeto_lei_n_015_-_equipe_multidisciplinar_-_t_TwBSSe0.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/409/projeto_lei_n_016_-_reajuste.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/410/projeto_lei_n_017_-_convenio_ponte_vicente_dutra_vilson.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/411/projeto_lei_n_018_-_carlos_roani.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/414/projeto_lei_n_019_-_incetivo_futebol_estadual_a_RJ04yt3.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/415/projeto_lei_n_020_-_contribuicao_de_melhoria_ru_8ss72u3.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/416/projeto_lei_n_021_-_contribuicao_de_melhoria_ru_C2kvRqY.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/417/projeto_lei_n_022_-_contribuicao_de_melhoria_ru_roDqZ7x.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/418/projeto_lei_n_023_-_contribuicao_de_melhoria_ru_pohknr0.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/419/projeto_lei_n_024_-_contribuicao_de_melhoria_ru_iYqur2d.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/420/projeto_lei_n_025_-_vale_cVTBOYJ.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/421/projeto_lei_n_026_-_altera_lm_4.169_-_assistencia.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/422/projeto_lei_n_027_-_organizacao_social.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/423/projeto_lei_n_028_-_cred._especial_despesas_exe_lnogIGG.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/424/projeto_lei_n_029_-_patrulha_agricola_linha_boa_sSTyY8X.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/425/projeto_lei_n_030_-_patrulha_agricola_linha_enc_UCgIjg7.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/426/projeto_lei_n_031_-_cargo_serventes_atualizado.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/427/projeto_lei_n_032_-_auxiliar_saude_bucal_temporario.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/429/projeto_lei_n_033_-_pim_e_supervisor_suas.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/430/projeto_lei_n_034_-_professores_educacao.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/431/projeto_lei_n_035_-_eletricista_e_dentista.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/432/projeto_lei_n_036_-_operario_e_motorista.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/433/projeto_lei_n_037_-_altera_padrao_sub_prefeitos.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/434/projeto_lei_n_038_-_termo_de_colaboracao_acsurs.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/435/projeto_lei_n_039_-_criacao_de_gratificacao_de__SxL0fIC.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/436/projeto_lei_n_040_-_pedreiros_serventes_e_carpinteiros.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/437/projeto_lei_n_041_-_abre_credito_convenio_fnde.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/441/projeto_lei_n_042_-_show_alok.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/440/projeto_lei_n_043_-_convocacao_arquiteto.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/438/projeto_lei_n_044_-_convocacao_dentista.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/439/projeto_lei_n_045_-_altera_lm_4.169_-_sobreavis_JRnIdkd.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/442/projeto_lei_n_046_-_outorga_escrituras_nucleo_h_hnb7FOG.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/444/projeto_lei_n_047_-_acoes_continuadas.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/445/projeto_lei_n_048_-_fiscal_de_transito.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/443/projeto_lei_n_049_-_altera_lei_aux._saude_bucal.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/446/projeto_lei_n_050_-_altera_lm_1.036.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/447/projeto_lei_n_051_-_altera_4.619_organizacao_social.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/448/projeto_lei_n_052_-_enfermeiros.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/449/projeto_lei_n_053_-_convenio_com_a_justica_federal.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/450/projeto_lei_n_054_-_fomento_apae.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/452/projeto_lei_n_055_-_convocacao_de_veterinario_magali.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/453/projeto_lei_n_056_-_atena.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/455/projeto_lei_n_057_-_contribuicao_de_melhoria.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/456/projeto_lei_n_058_-_abre_credito_especial.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/457/projeto_lei_n_059_-_programa_de_incentivo_a_silagem.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/458/projeto_lei_n_060_-_programa_de_incentivo_a_sec_lVmoxXt.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/459/projeto_lei_n_061_-_refis_em_dia_com_frederico.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/461/projeto_lei_n_062_-_valor_adicionado_icms_ultim_qlk8mJK.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/462/projeto_lei_n_063_-_convenio_brigada_militar_2.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/463/projeto_lei_n_064_-_valor_adicionado_icms_100.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/464/projeto_lei_n_065_-_altera_lm__3.286___zoneamen_cMwKvWE.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/465/projeto_lei_n_066_-_altera_692.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/466/projeto_lei_n_067_-_consepro.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/467/projeto_lei_n_068_-_arbaza.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/468/projeto_lei_n_069_-_prorrogacao_gari.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/469/projeto_lei_n_070_-_subvencoes_sociais.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/470/projeto_lei_n_071_-_creditos_04.2019_-_recursos__Mj4s1rB.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/471/projeto_lei_n_072_-_atendentes_de_farmacia_e_fa_ui329PN.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/472/projeto_lei_n_073_-_roncalli.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/473/projeto_lei_n_074_-_abertura_credito_juce.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/474/projeto_lei_n_075_-_creditos_05.2019_-_recursos__krCdixJ.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/475/projeto_lei_n_076_-_rpps_-_servicos_administrativos.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/476/projeto_lei_n_077_-_contratacao_temporaria_assi_sSmIhUV.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/477/projeto_lei_n_078_-_convenio_hdp_-_uti.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/478/projeto_lei_n_079_-_taxas_contribuicao.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/479/projeto_lei_n_080_-_programa_apoio_ao_esporte.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/480/projeto_lei_n_081_-_termo_de_fomento_consepro_frederico.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/481/projeto_lei_n_082_-_convenio_taquarucu_calcamen_2HNoP5X.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/482/projeto_lei_n_083_-_convenio_liberato_ponte_rio_varzea.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/483/projeto_lei_n_084_-_altera_lei_2690_2002_plano__JkegeGf.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_lei_n_085_-_creditos_07.2019_-_recursos__l2sdmfl.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_lei_n_086_-_repasse_cotrifred_1.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/486/projeto_lei_n_087_-_altera_lm_4.494_estacioname_YOT17zS.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_lei_n_088_-_semana_farroupilha.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/490/projeto_lei_n_090_-_altera_lei_pro_empresa.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/492/projeto_lei_n_091_-_gratificacao_comissao_sind._2tTLAR3.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_lei_n_092_-_aabb.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/494/projeto_lei_n_093_-_atendentes_de_farmacia.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/495/projeto_lei_n_094_-_farmaceutico.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_lei_n_095_-__calcamento_rua_avelino_sponchiado.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_lei_n_096_-_calcamento_estrada_getulio_vargas.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/499/projeto_lei_n_097_-_conselho_municipal_de_polit_Y4woFWo.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/500/projeto_lei_n_098_-_fundo_municipal_de_politica_animal.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/501/projeto_lei_n_099_-_programa_esporte_material_esportivo.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/502/projeto_lei_n_100_-_altera_lm__4.063__ampliacao_9BEHkwR.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/503/projeto_lei_n_101_-_altera_lm__3.286___zoneamen_4LrLWem.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/504/projeto_lei_n_102_-_getulio_vargas.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/505/projeto_lei_n_103_-_altera_padrao_servidores.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/512/projeto_lei_n_105__-_gratificacao_legislativo.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_lei_n_106_-_contribuicao_de_melhoria_rua_62.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_lei_n_107_-_calcamento_osvaldo_cruz_-_l_RNpTN2m.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_lei_n_108_-_calcamento_osvaldo_cruz_-_l_MUaeF3w.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/514/projeto_lei_n_109_-_ldo_2020.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/515/projeto_lei_n_110_-_show_de_premio.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/516/projeto_lei_n_111_-_conselho_municipal_politica_nr1EZGt.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/517/projeto_lei_n_112_-_altera_lei_bolsa_atleta.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/518/projeto_lei_n_113_-_termo_de_fomento_consepro_v_BRyLnPm.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/519/projeto_lei_n_114_-_apae_13_019.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/520/projeto_lei_n_115_-_autorizacao_brigada_militar.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/521/projeto_lei_n_116_-_altera_programa_incentivo_futebol.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/522/projeto_lei_n_117_-_abre_credito_2._docx.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/523/projeto_lei_n_118_-_convenio_ponte_vista_alegre_X8aqzUi.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/524/projeto_lei_n_119_-_altera_padrao_pim_e_crianca_feliz.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/525/projeto_lei_n_120_-_fassm.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/526/projeto_lei_n_121_-_convocacao_engenheiro.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/527/projeto_lei_n_122_-_chefe_almoxarifado.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/528/projeto_lei_n_123_-_centro_de_vocacao_tecnologi_nkYG1tq.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/529/projeto_lei_n_124_-_credito_especial_fundo_muni_iU7OMcv.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/530/projeto_lei_n_125_-_doacao_guarani_1.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/531/projeto_lei_n_126_-_departamento_transito.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/532/projeto_lei_n_127_-_altera_lei_4.466.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/533/projeto_lei_n_128_-_altera_lei_4.487.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/534/projeto_lei_n_129_-_locacao_ginasio_itapage.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/535/projeto_lei_n_130_-_liberdade_economica.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/536/projeto_lei_n_131_-_doacao_imovel_-_guarani_fut_4hP49g4.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/537/projeto_lei_n_132_-_parcelamento_inss.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/538/projeto_lei_n_133_-__revisao_aliquota_da_contrib_9xguLbL.doc" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/539/projeto_lei_n_134_-_altera_padrao_atendente_creche.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/540/projeto_lei_n_135_-_altera_padrao_auxiliar_vigi_OcJRYPv.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/541/projeto_lei_n_136_-_municipalizacao_trecho_ers.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/542/projeto_lei_n_137_-_altera_programa_incentivo_a_silagem.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/543/projeto_lei_n_138_-_prorrogacao_serventes.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/544/projeto_lei_n_139_-_convocacao_de_veterinario_f_T2Ax9rr.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/545/projeto_lei_n_140_-_unificacao_de_lotes_e_doaca_YG4GQX9.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/546/projeto_lei_n_141_-_metalurgica_jade.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/547/projeto_lei_n_142_-_loa_2020.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/548/projeto_lei_n_143_-_altera_lei_no4695-2019.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/549/projeto_lei_n_144_-_suplementacoes_-_dotacoes_camara.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/550/projeto_lei_n_145_-_convenio_piton_e_piton.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/551/projeto_lei_n_146_-_bri_pedras.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/552/projeto_lei_n_147_-_liberdade_economica.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/553/projeto_lei_n_148_-_ponte_menino_bernardo.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/554/projeto_lei_n_149_-_programa_mexa-se.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_lei_n_150_-_altera_lei_3881_2013_cartao_oOF8Wyq.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/556/projeto_lei_n_151_-_contribuicao_de_melhoria_ru_zjauoTV.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/557/projeto_lei_n_152_-_calcamento_rua_nove.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/558/projeto_lei_n_153_-_incentivo_noli_lemes.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/559/projeto_lei_n_154_-_calcamento_rua_17.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/560/projeto_lei_n_155_-_regularizacao_edificacoes.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/561/projeto_lei_n_156_-_faixa_nao_edificavel.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/562/projeto_lei_n_157_-_contratacao_medico.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/563/projeto_lei_n_158_-_lavanderia_progresso.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/564/projeto_lei_n_159_-_suifarma.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/565/projeto_lei_n_160_-_incentivo_sabadin.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/566/projeto_lei_n_161_-_funcoes_magisterio.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/567/projeto_lei_n_162_-_creditos_10.2019_-_recursos__WpbyRQ1.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/568/projeto_lei_n_163_-_creditos_11.2019_-_recursos_funrebom.doc" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/569/projeto_lei_n_164_-_cred._suplem._cessao_oneros_4il9ncw.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/570/projeto_lei_n_165_-_desconto_iptu..docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/571/projeto_lei_n_166_-_programa_mais_frederico.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/572/projeto_lei_n_167_-_parcelamento_de_creditos_em_WmVp8ri.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/573/projeto_lei_n_168_-_assistente_social.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/574/projeto_lei_n_169_-_expofred.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/575/projeto_lei_n_170_-_creditos_13.2019_-_ajuste_ce_giJfsTj.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/sapl/public/materialegislativa/2019/513/projeto_de_lei_no_02_2019_reajusta_subsidios_do_d5YJSLI.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H178"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="143" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="142.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>