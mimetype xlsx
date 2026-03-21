--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -51,1717 +51,1717 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">                  &amp;#8220;DÁ O NOME DE ESTRADA CAITANO MARIOTTO, LOCALIZADA A 775 METROS DO INÍCIO DA RS-150, NO KM 32 DA BR-386 SENTIDO CIDADE/INTERIOR, LADO ESQUERDO ATÉ O ANTIGO ATERRO SANITÁRIO MUNICIPAL. &amp;#8221;</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O CÓDIGO DE POSTURAS DE FREDERICO WESTPHALEN E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR Nº 001/1990, QUE INSTITUI O REGIME JURÍDICO DOS SERVIDORES MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA MUNICIPAL DE REGULARIZAÇÃO FISCAL &amp;#8211; PROREFIS &amp;#8211; E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.docx</t>
   </si>
   <si>
     <t>DEFINE SITUAÇÃO COMO DE EXCEPCIONAL INTERESSE PÚBLICO, AUTORIZANDO A CONTRATAÇÃO DE SERVIDORES EM CARÁTER EMERGENCIAL, POR TEMPO DETERMINADO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM O PIQUETE ALTO ALEGRE._x000D_
 </t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.docx</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL ABRIR CRÉDITO ADICIONAL ESPECIAL PARA INCLUIR CONTAS ORÇAMENTÁRIAS DE DESPESAS (ELEMENTOS), NO ORÇAMENTO MUNICIPAL VIGENTE, RECONHECER E PAGAR DESPESAS DO EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AJUSTES PARA A REGULARIZAÇÃO DO QUADRO GERAL DE SERVIDORES EFETIVOS PREVISTOS NAS LEIS MUNICIPAIS Nº 3.707/2011, Nº 3.730/2011 E Nº 4.295/2015, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM A SOCIEDADE BENEFICENTE DO HOSPITAL DE CARIDADE DIVINA PROVIDÊNCIA- HDP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM A SOCIEDADE BENEFICENTE DO HOSPITAL DE CARIDADE DIVINA PROVIDÊNCIA - HDP E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM A SOCIEDADE BENEFICENTE DO HOSPITAL DE CARIDADE DIVINA PROVIDÊNCIA - HDP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM A SOCIEDADE BENEFICENTE DO HOSPITAL DE CARIDADE DIVINA PROVIDÊNCIA - HDP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.docx</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE COOPERAÇÃO COM O CENTRO DE TRADIÇÕES GAÚCHAS RODEIO DA QUERÊNCIA.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECONHECER E PAGAR DESPESAS DO EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE SERVIDORES DO QUADRO GERAL E O REAJUSTE DO VALOR DO CARTÃO CESTA BÁSICA DOS SERVIDORES E DÁ OUTRAS PROVIDÊNCIAS A REVISÃO DA REMUNERAÇÃO DOS PROFISSIONAIS DO MAGISTÉRIO, DOS.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DATA-BASE PARA REVISÃO GERAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL REALIZAR CEDÊNCIA MÚTUA DE MÁQUINAS E EQUIPAMENTOS RODOVIÁRIOS E VEÍCULOS COM MUNICÍPIOS DA AMZOP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE PARCERIA A ENTIDADE UNIÃO FREDERIQUENSE DE FUTEBOL NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 4.169, DE 26 DE MARÇO DE 2015, QUE TRATA DA COMPOSIÇÃO DO CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE ACORDO DE COOPERAÇÃO COM O LAR DOS IDOSOS SÃO VICENTE DE PAULO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMOS DE FOMENTO COM ORGANIZAÇÕES DA SOCIEDADE CIVIL QUE MENCIONA, EFETUANDO A TRANSFERÊNCIA DE RECURSOS FINANCEIROS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.docx</t>
   </si>
   <si>
     <t>DEFINE FUNÇÃO COMO NECESSIDADE TEMPORÁRIA, EMERGENCIAL E DE EXCEPCIONAL INTERESSE PÚBLICO E AUTORIZA A CONTRATAÇÃO DE SERVIDORES EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL RECONHECER, EMPENHAR, LIQUIDAR E PAGAR DESPESAS DE EXERCÍCIO ANTERIOR A 2017, ABRIR CRÉDITO ADICIONAL SUPLEMENTAR, NO ORÇAMENTO MUNICIPAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 3.806/2012, QUE INSTITUI E CRIA O QUADRO ESPECIFICO DE PROVIMENTO EFETIVO; CARGO EM COMISSÃO, PARA ATUAREM JUNTO AO SERVIÇO DE ACOLHIMENTO DE CRIANÇAS E ADOLESCENTES, DENOMINADA CASA DE ACOLHIMENTO, A DÁ OUTROS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO DE USO DE BEM PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIOS DE COOPERAÇÃO COM A UNIVERSIDADE FEDERAL DE SANTA MARIA, CAMPUS DE FREDERICO WESTPHALEN.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL RECONHECER, EMPENHAR, LIQUIDAR E PAGAR DESPESAS DE EXERCÍCIOS ANTERIORES A 2017, ABRIR CRÉDITO ADICIONAL ESPECIAL PARA INCLUIR CONTA ORÇAMENTÁRIA DE DESPESA (ELEMENTO), NO ORÇAMENTO MUNICIPAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE COOPERAÇÃO COM ASSOCIAÇÃO DE DESENVOLVIMENTO SOCIAL DO NORTE DO RIO GRANDE DO SUL (ADESNRS)._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O SINDICATO DOS SERVIDORES PÚBLICOS MUNICIPAIS DE FREDERICO WESTPHALEN, PARA OS FINS QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER INCENTIVO A EMPRESA E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A IMPLANTAR O PROGRAMA NÚCLEO DE APOIO A SAÚDE DA FAMÍLIA - NASF- TIPO 1 DE FREDERICO WESTPHALEN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.docx</t>
   </si>
   <si>
     <t>CRIA CARGO NO QUADRO DE CARGOS E FUNÇÕES PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.docx</t>
   </si>
   <si>
     <t>PRORROGA O PRAZO DO PROGRAMA MUNICIPAL DE REGULARIZAÇÃO FISCAL &amp;#8211; PROREFIS &amp;#8211; E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL PARA INCLUIR CONTA ORÇAMENTÁRIA DE DESPESA (ELEMENTO) NO ORÇAMENTO MUNICIPAL VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FUNDO MUNICIPAL DE REEQUIPAMENTO DO CORPO DE BOMBEIROS MILITAR &amp;#8211; FUMREBOM E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, AUTORIZA CONTRATAÇÃO DE PROFISSIONAL DA EDUCAÇÃO EM CARÁTER TEMPORÁRIO E EMERGENCIAL.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.docx</t>
   </si>
   <si>
     <t>PRORROGA AS AUTORIZAÇÕES/PERMISSÕES JÁ CONCEDIDAS AOS PRESTADORES DO SERVIÇO DE TRANSPORTE INDIVIDUAL DE PASSAGEIROS EM AUTOMÓVEIS DE ALUGUEL (TÁXI), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS SUPLEMENTARES E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER DOAÇÃO DE IMÓVEL, DE ACORDO COM TERMO DE PARCERIA FIRMADO COM A ASSOCIAÇÃO UNIÃO FREDERIQUENSE DE FUTEBOL, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA LEI MUNICIPAL Nº 4.377/2017, DE 10 DE ABRIL DE 2017._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA DE INCENTIVO AO REFLORESTAMENTO AOS PRODUTORES RURAIS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A EXTINÇÃO E CRIAÇÃO DE CARGO NO QUADRO DE CARGOS E FUNÇÕES PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO DE USO E GOZO DA POSSE DE IMÓVEL DO MUNICÍPIO, PARA EXPANSÃO DE INDÚSTRIA DE MÉDIO PORTE.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AJUSTES NO QUADRO GERAL DE SERVIDORES EFETIVOS PREVISTOS NA LEI MUNICIPAL Nº 1.424/1990._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO DE COOPERAÇÃO COM A JUSTIÇA FEDERAL DE PRIMEIRO GRAU &amp;#8211; SECÇÃO JUDICIÁRIA DO RIO GRANDE DO SUL, PARA A LOCAÇÃO DE ESPAÇO FÍSICO, CEDÊNCIA DE SERVIDOR E ESTAGIÁRIOS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIOS DE COOPERAÇÃO COM O INSTITUTO FEDERAL DE EDUCAÇÃO, CIÊNCIA E TECNOLOGIA FARROUPILHA, CAMPUS DE FREDERICO WESTPHALEN.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CUSTEAR DESPESAS COM ENERGIA ELÉTRICA E OPERACIONALIZAÇÃO DO SISTEMA DE VIDEOMONITORAMENTO URBANO.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AJUSTES PARA A REGULARIZAÇÃO DO QUADRO GERAL DE SERVIDORES EFETIVOS PREVISTOS NAS LEIS MUNICIPAIS Nº 3.707/2011, Nº 3.730/2011 E Nº 4.295/2015, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER A CESSÃO DE USO DE BEM MÓVEL AO CONSÓRCIO PÚBLICO INTERMUNICIPAL LAR DE ACOLHIMENTO SÃO FRANCISCO.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.docx</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR BENS IMÓVEIS À COMPANHIA RIOGRANDENSE DE SANEAMENTO - CORSAN.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CELEBRAR ACORDO DE COOPERAÇÃO TÉCNICA COM O DAER-RS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O RECEBIMENTO DE INCENTIVOS, SOB A FORMA DE PATROCÍNIO FINANCEIRO E/OU DOAÇÃO DE BENS OU SERVIÇOS DAS ENTIDADES PRIVADAS, VISANDO FOMENTAR AS ATIVIDADES DE CARÁTER DESPORTIVO PROMOVIDAS PELO MUNICÍPIO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA ÁREAS RELATIVAS DA &amp;#8220;COMUNIDADE DA PEDREIRA&amp;#8221; COMO ZONA ESPECIAL DE INTERESSE SOCIAL (ZEIS), PARA FINS DE REGULARIZAÇÃO DE LOTES JÁ CONSOLIDADOS E HABITADOS, E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE COLABORAÇÃO COM ENTIDADES DE ASSISTÊNCIA SOCIAL, EM CUMPRIMENTO AO PROGRAMA DE AUXÍLIOS E SUBVENÇÕES PARA O PRESENTE EXERCÍCIO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.docx</t>
   </si>
   <si>
     <t>DEFINE FUNÇÃO COMO NECESSIDADE TEMPORÁRIA, EMERGENCIAL E DE EXCEPCIONAL INTERESSE PÚBLICO E AUTORIZA A CONTRATAÇÃO DE SERVIDOR EM CARÁTER EMERGENCIAL.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AJUSTES NO QUADRO GERAL DE SERVIDORES EFETIVOS PREVISTOS NA LEI MUNICIPAL Nº 1.424/1990.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.docx</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 4.388, DE 12 DE JUNHO DE 2017.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2018-2021 E  DÁ  OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE FOMENTO COM O LIONS CLUBE FREDERICO WESTPHALEN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER A PARTICIPAÇÃO DO MUNICÍPIO EM TERMO DE FOMENTO PARA CONSTRUÇÃO DE 04 (QUATRO) CELAS NO PRESÍDIO ESTADUAL DE FREDERICO WESTPHALEN/RS.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A AUTORIZAÇÃO PARA A IMPLANTAÇÃO DO PROGRAMA MUNICIPAL DE TERAPIAS NATURAIS E PRÁTICAS INTEGRATIVAS COMPLEMENTARES NO ÂMBITO DA POLÍTICA PÚBLICA DE SAÚDE NO MUNICÍPIO DE FREDERICO WESTPHALEN-RS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A EXECUTAR O PROGRAMA AABB &amp;#8211; COMUNIDADE, BEM COMO FIRMAR ACORDO DE COOPERAÇÃO COM A FUNDAÇÃO BANCO DO BRASIL E ASSOCIAÇÃO ATLÉTICA BANCO DO BRASIL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS.  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER LEILÃO PARA ALIENAR BENS MÓVEIS DE PROPRIEDADE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER INCENTIVO A EMPRESÁRIO INDIVIDUAL.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA, INCLUI E REVOGA DISPOSITIVOS DA LEI MUNICIPAL Nº 4.330, DE 03 DE AGOSTO DE 2016, QUE INSTITUIU O SISTEMA DE ESTACIONAMENTO ROTATIVO DE FREDERICO WESTPHALEN, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL PROMOVER A TRANSFERÊNCIA DE LOTAÇÃO E USO DE VEÍCULO ENTRE SECRETARIAS MUNICIPAIS, MEDIANTE RESSARCIMENTO DO VALOR, NA FORMA QUE ESPECIFICA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE O PROJETO ALUGUEL SOCIAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.docx</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CUSTEAR DESPESAS COM A REALIZAÇÃO DO 39º ACAMPAMENTO FARROUPILHA DE FREDERICO WESTPHALEN._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.docx</t>
   </si>
   <si>
     <t>REVOGA A LEI MUNICIPAL Nº 3.670, DE 09 DE MAIO DE 2011, A LEI MUNICIPAL Nº 3.870, DE 27 DE MARÇO DE 2013 E O ART. 49 DA LEI MUNICIPAL Nº 2.690, DE 11 DE DEZEMBRO DE 2002.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.docx</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CUSTEAR DESPESAS COM A REALIZAÇÃO DA 35ª FEIRA DO LIVRO DE FREDERICO WESTPHALEN.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE FREDERICO WESTPHALEN A POLÍTICA MUNICIPAL DE RESÍDUOS SÓLIDOS.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA A CELEBRAÇÃO DE CONVÊNIO DE COOPERAÇÃO COM A SOCIEDADE BENEFICENTE DO HOSPITAL DE CARIDADE DIVINA PROVIDÊNCIA, COM REPASSE DE RECURSOS.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2018.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO A FIRMAR CONTRATOS COM ESCOLAS INFANTIS PARTICULARES PARA AQUISIÇÃO DE VAGAS.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, AUTORIZA CONTRATAÇÃO DE PROFESSOR DE MATEMÁTICA EM CARÁTER TEMPORÁRIO E EMERGENCIAL._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.docx</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.docx</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 754, DE 23 DE DEZEMBRO DE 1977, COM REDAÇÃO DADA PELA LEI MUNICIPAL Nº 2.890, DE 31 DE DEZEMBRO DE 2004.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.docx</t>
   </si>
   <si>
     <t>INSERE E ALTERA DISPOSITIVOS NO CÓDIGO TRIBUTÁRIO MUNICIPAL (LEI 754/1977, COM ALTERAÇÕES INTRODUZIDAS PELAS LEIS 2.794/2003, 2.882/2004, 2.890/2004 E 2.996/2005), EM RELAÇÃO AO IMPOSTO SOBRE SERVIÇOS DE QUALQUER NATUREZA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CONVOCAÇÃO DE PROFISSIONAL DE ENGENHARIA CIVIL PARA REGIME SUPLEMENTAR DE TRABALHO. </t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.docx</t>
   </si>
   <si>
     <t>CRIA MENÇÃO HONROSA FREDERICO EM LUZ.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECONHECER E PAGAR DESPESAS DO EXERCÍCIO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO ARTIGO 13 DA LEI MUNICIPAL N. 2.976/2005, QUE DISPÕE SOBRE AS ALÍQUOTAS DE CONTRIBUIÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA DOS SERVIDORES DO MUNICÍPIO DE FREDERICO WESTPHALEN/RS (RPPS), E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A CONVOCAÇÃO DE PROFISSIONAL CIRURGIÃO DENTISTA PARA REGIME SUPLEMENTAR DE TRABALHO. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.docx</t>
   </si>
   <si>
     <t>ESTABELECE NORMAS PARA A EXPLORAÇÃO DO SERVIÇO PÚBLICO DE TRANSPORTE INDIVIDUAL POR TÁXI NO ÂMBITO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.docx</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECONHECER, EMPENHAR, LIQUIDAR E PAGAR DESPESA DO EXERCÍCIO DE 2016, ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONTRATAR OPERAÇÕES DE CRÉDITO COM O BADESUL DESENVOLVIMENTO S.A &amp;#8211; AGÊNCIA DE FOMENTO/RS.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE PARCERIA COM A EMPRESA PLANETA BOLA EVENTOS ESPORTIVOS LTDA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI PROGRAMA DE INCENTIVO AOS PRODUTORES RURAIS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER INCENTIVO A SOCIEDADE EMPRESÁRIA LIMITADA.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.docx</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM A SOCIEDADE BENEFICENTE DO HOSPITAL DE CARIDADE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A LEI MUNICIPAL Nº 3.850, DE 19/12/2012, QUE REGULA O ACESSO A INFORMAÇÃO NO ÂMBITO DO MUNICÍPIO DE FREDERICO WESTPHALEN, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.docx</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PARTICIPAR DA 16ª CAMPANHA SHOW DE PRÊMIOS, PROMOVIDA PELA CDL - CÂMARA DE DIRIGENTES LOJISTAS DE FREDERICO WESTPHALEN.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A PARTICIPAR E CUSTEAR DESPESAS COM A REALIZAÇÃO DO EVENTO &amp;#8220;TROFÉU EMPRESAS E EMPRESÁRIO DO ANO &amp;#8211; EDIÇÃO 2016&amp;#8221;. </t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 754, DE 23 DE DEZEMBRO DE 1977, QUE INSTITUI O CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE FEDERICO WESTPHALEN.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 4.330, DE 03 DE AGOSTO DE 2016, QUE INSTITUI O SISTEMA DE ESTACIONAMENTO ROTATIVO DE FREDERICO WESTPHALEN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO PARCELADO DE CRÉDITOS TRIBUTÁRIOS E NÃO TRIBUTÁRIOS INSCRITOS EM DÍVIDA ATIVA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A PROTESTAR EXTRAJUDICIALMENTE AS CERTIDÕES DE DÍVIDA ATIVA CORRESPONDENTE AOS CRÉDITOS TRIBUTÁRIOS E NÃO-TRIBUTÁRIOS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DECLARA ÁREAS RELATIVAS DA &amp;#8220;RUA 28 DE FEVEREIRO&amp;#8221; COMO ZONA ESPECIAL DE INTERESSE SOCIAL (ZEIS), PARA FINS DE REGULARIZAÇÃO DE FUNDIÁRIA, E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O RECEBIMENTO DE PATROCÍNIO PELO PODER PÚBLICO A EVENTOS REALIZADOS NO TERRITÓRIO DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GESTÃO DEMOCRÁTICA DO ENSINO PÚBLICO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA A PROCEDER À DESAFETAÇÃO, ALTERANDO A DESTINAÇÃO DE USO DE BEM IMÓVEL DO MUNICÍPIO; APROVA A EXECUÇÃO DO PROGRAMA MUNICIPAL DE HABITAÇÃO NO CONDOMÍNIO RESIDENCIAL ALTOS DA COLINA; DECLARADA ZONA ESPECIAL DE INTERESSE SOCIAL-ZEIS; AUTORIZA A DOÇÃO PARA FINS HABITACIONAIS E DÁ OUTRAS PREVIDÊNCIAS.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM O ESTADO DO RIO GRANDE DO SUL, PARA EXECUÇÃO DE SERVIÇOS DE PREVENÇÃO DE INCÊNDIOS, COMBATE AO FOGO E SOCORROS PÚBLICOS DE EMERGÊNCIA.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA AMBIENTAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.docx</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE FREDERICO WESTPHALEN PARA O EXERCÍCIO FINANCEIRO DE 2018, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A DOAR BEM IMÓVEL AO MUNICÍPIO DE TAQUARUÇU DO SUL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA A RECEBER BENS IMÓVEIS URBANOS QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM A UNOCHAPECÓ, CAMPUS DE CHAPECÓ/SC.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 3.127, DE 22 DE MARÇO DE 2007, QUE CRIA O CONSELHO MUNICIPAL DE ACOMPANHAMENTO, CONTROLE SOCIAL, COMPROVAÇÃO E FISCALIZAÇÃO DOS RECURSOS DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E VALORIZAÇÃO DO MAGISTÉRIO.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO, A TÍTULO GRATUITO, BEM IMÓVEL DA MITRA DIOCESANA DE FREDERICO WESTPHALEN &amp;#8211; IGREJA CATEDRAL SANTO ANTÔNIO, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.docx</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A EMISSÃO DE ALVARÁ DE LICENÇA DE FUNCIONAMENTO PARA EVENTOS TEMPORÁRIOS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.docx</t>
   </si>
   <si>
     <t>REGULAMENTA NO MUNICÍPIO DE FREDERICO WESTPHALEN O TRATAMENTO JURÍDICO DIFERENCIADO, SIMPLIFICADO E FAVORECIDO AOS MICROEMPREENDEDORES INDIVIDUAIS - MEI, MICROEMPRESAS - ME E EMPRESAS DE PEQUENO PORTE - EPP, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COBRANÇA DE CONTRIBUIÇÃO DE MELHORIA NA EXECUÇÃO DE OBRAS PÚBLICAS QUE ENUMERA.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.docx</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.docx</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.docx</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.docx</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EMISSÃO DE ALVARÁ DE LICENÇA DE FUNCIONAMENTO PARA EVENTOS TEMPORÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 4.410, DE 01 DE AGOSTO DE 2017.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ESTABELECE NORMAS PARA USO DO VEÍCULO OFICIAL DA CÂMARA MUNICIPAL DE VEREADORES DE FREDERICO WESTPHALEN, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.docx</t>
   </si>
   <si>
     <t>&amp;#8220;AUTORIZA A CÂMARA DE VEREADORES DE FREDERICO WESTPHALEN &amp;#8211; RS A CONTRIBUIR FINANCEIRAMENTE PARA COM A ASSOCIAÇÃO DAS CÂMARAS DE VEREADORES DO MÉDIO ALTO URUGUAI (ACVERMAU).&amp;#8221;</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESTINAÇÃO DE RECURSOS ORÇAMENTÁRIOS DO PODER LEGISLATIVO AO PODER EXECUTIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.docx</t>
   </si>
   <si>
     <t>REGULAMENTA FORMA E CRITÉRIOS DE VALORES E PAGAMENTOS DE DIÁRIAS NO ÂMBITO DO PODER LEGISLATIVO DE FREDERICO WESTPHALEN DA CÂMARA MUNICIPAL DE VEREADORES DE FREDERICO WESTPHALEN E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2068,68 +2068,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/208/208_texto_integral.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/186/186_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/150/150_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/138/138_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/134/134_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/135/135_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/139/139_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/137/137_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/140/140_texto_integral.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/141/141_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/142/142_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/143/143_texto_integral.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/144/144_texto_integral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/145/145_texto_integral.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/146/146_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/147/147_texto_integral.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/148/148_texto_integral.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/149/149_texto_integral.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/151/151_texto_integral.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/152/152_texto_integral.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/153/153_texto_integral.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/154/154_texto_integral.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/155/155_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/157/157_texto_integral.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/158/158_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/159/159_texto_integral.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/160/160_texto_integral.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/161/161_texto_integral.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/162/162_texto_integral.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/163/163_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/164/164_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/165/165_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/167/167_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/168/168_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/169/169_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/171/171_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/172/172_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/173/173_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/174/174_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/176/176_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/177/177_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/180/180_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/181/181_texto_integral.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/182/182_texto_integral.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/183/183_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/184/184_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/185/185_texto_integral.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/187/187_texto_integral.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/188/188_texto_integral.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/189/189_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/190/190_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/191/191_texto_integral.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/192/192_texto_integral.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/193/193_texto_integral.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/194/194_texto_integral.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/195/195_texto_integral.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/196/196_texto_integral.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/197/197_texto_integral.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/198/198_texto_integral.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/199/199_texto_integral.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/200/200_texto_integral.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/201/201_texto_integral.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/202/202_texto_integral.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/203/203_texto_integral.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/204/204_texto_integral.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/205/205_texto_integral.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/206/206_texto_integral.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/207/207_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/209/209_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/211/211_texto_integral.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/212/212_texto_integral.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/213/213_texto_integral.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/214/214_texto_integral.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/216/216_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/217/217_texto_integral.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/218/218_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/219/219_texto_integral.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/220/220_texto_integral.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/221/221_texto_integral.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/222/222_texto_integral.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/223/223_texto_integral.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/224/224_texto_integral.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/225/225_texto_integral.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/226/226_texto_integral.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/227/227_texto_integral.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/228/228_texto_integral.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/229/229_texto_integral.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/230/230_texto_integral.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/231/231_texto_integral.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/232/232_texto_integral.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/233/233_texto_integral.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/234/234_texto_integral.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/235/235_texto_integral.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/236/236_texto_integral.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/237/237_texto_integral.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/238/238_texto_integral.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/239/239_texto_integral.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/240/240_texto_integral.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/241/241_texto_integral.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/242/242_texto_integral.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/243/243_texto_integral.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/244/244_texto_integral.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/245/245_texto_integral.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/246/246_texto_integral.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/247/247_texto_integral.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/248/248_texto_integral.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/249/249_texto_integral.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/250/250_texto_integral.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/251/251_texto_integral.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/252/252_texto_integral.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/253/253_texto_integral.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/254/254_texto_integral.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/255/255_texto_integral.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/256/256_texto_integral.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/257/257_texto_integral.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/258/258_texto_integral.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/260/260_texto_integral.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/259/259_texto_integral.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/261/261_texto_integral.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/262/262_texto_integral.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/263/263_texto_integral.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/264/264_texto_integral.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/265/265_texto_integral.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/266/266_texto_integral.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/267/267_texto_integral.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/268/268_texto_integral.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/269/269_texto_integral.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/270/270_texto_integral.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/271/271_texto_integral.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/272/272_texto_integral.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/273/273_texto_integral.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/274/274_texto_integral.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/275/275_texto_integral.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/276/276_texto_integral.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/175/175_texto_integral.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/210/210_texto_integral.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/215/215_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2017/277/277_texto_integral.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>