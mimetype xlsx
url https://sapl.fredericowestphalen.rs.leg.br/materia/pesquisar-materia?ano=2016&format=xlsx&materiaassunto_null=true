--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -51,945 +51,945 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO MUNICIPAL QUE SEJA FEITA O SISTEMA DE CANALIZAÇÃO PLUVIAL NA RUA 150 E 179 DO BAIRRO DISTRITO INDUSTRIAL._x000D_
 </t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA O SENHOR PREFEITO MUNICIPAL QUE SEJA FEITA O SISTEMA DE CANALIZAÇÃO PLUVIAL NA AVENIDA INDUSTRIAL PRÓXIMO AO CONDOMÍNIO VILA RICA._x000D_
 </t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO MUNICIPAL QUE NO ANO DE 2016, SEJA DISPONIBILIZADO REPELENTE PARA AS MÃES GESTANTES. _x000D_
 </t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM PROVIDENCIADAS ADEQUAÇÕES NA ORIENTAÇÃO DO TRANSITO JUNTO A ESQUINA AV. LUIS MILANI COM AV. JOÃO MUNIZ REIS ATRAVÉS DE IMPLANTAÇÃO DE UMA ROTULA . </t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITO PAVIMENTAÇÃO ASFÁLTICA, MELHORIAS NA ILUMINAÇÃO PÚBLICA NO CAMPUS DE FREDERICO WESTPHALEN DO INSTITUTO FEDERAL FARROUPILHA. _x000D_
 </t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.docx</t>
   </si>
   <si>
     <t>MELHORIAS NA RUA DOS ARCOS NO CENTRO DE FREDERICO WESTPHALEN. INCLUSÃO DOS ARCOS FALTANTES</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM QUE SEJAM FEITAS MELHORIAS ESTÉTICAS E FUNCIONAIS NOS TREVOS DE ACESSO E NAS MARGENS DA BR.386 ÁREA URBANA DA CIDADE DE FREDERICO WESTPHALEN. </t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM  QUE CONSIDERANDO OS LIMITES LEGAIS, BEM COMO TENDO EM VISTA O TRÂMITE DA LEI MUNICIPAL 3.025/09, INDICA-SE AO SR. PREFEITO MUNICIPAL DA NECESSIDADE DE OBRAS DE CASCALHAMENTO JUNTO AO PÁTIO  DA EMPRESA DE &amp;#8220;REFRIGERANTES BASSU&amp;#180;S&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAM QUE CONSIDERANDO AS POSSIBILIDADES LEGAIS, SEJA PROCEDIDA COM A CONSTRUÇÃO (ONDE NÃO EXISTIR) E REPAROS (ONDE JÁ EXISTIR), DE ACOSTAMENTO, NA RUA SANTO CERUTTI, NO TRECHO COMPREENDIDO ENTRE A PRAÇA DO BAIRRO BARRIL E O POSTO DE COMBUSTÍVEIS &amp;#8220;PALUDÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA QUE SEJAM FEITAS MELHORIAS NA RUA CAIÇARA MARGINAL A BR 386 ENTRE AS EMPRESAS FOROESTE, BAKOF E ARBAZA.   </t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA O SENHOR PREFEITO MUNICIPAL QUE SEJA FEITA A DEDETIZAÇÃO EM TODAS AS BOCAS DE LOBO DO NOSSO MUNICÍPIO._x000D_
 </t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA QUE CONSIDERANDO OS LIMITES LEGAIS, BEM COMO TENDO EM VISTA O TRÂMITE DA LEI MUNICIPAL 3.025/09, INDICA-SE AO SR. PREFEITO MUNICIPAL DA NECESSIDADE DE CONSTRUIR CALÇAMENTO AO ACESSO ENTRE A RS 591 E A EMPRESA &amp;#8220;FRIGORÍFICO RAGALLE&amp;#8221;.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE FAZER EM PARCERIA COM A CORSAN, A LIGAÇÃO DA REDE DE ÁGUA ENTRE AS PROPRIEDADES DO SR NILO LISOT E WALMOR GUERRA NA COMUNIDADE DA LINHA SÃO CRISTÓVÃO, FUNDOS DO POSTO DA LAGOA.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE FAZER A REMOÇÃO DAS PEDRAS DA PROPRIEDADE DO SR GILMAR FREO NA LINHA PONTE DO PARDO._x000D_
 </t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAM AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE FAZER O ALARGAMENTO E MANUTENÇÃO DA ESTRADA NAS COMUNIDADES DAS LINHA ENCRUZILHADA E GETÚLIO VARGAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 		_x000D_
 		INDICAM AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE CONSTRUIR A REDE DE SANEAMENTO BÁSICO NA RUA 18 NO BAIRRO SÃO FRANCISCO DE PAULA, NAS PROXIMIDADES DA RESIDÊNCIA DO SR. DANIEL KEMPKA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM MELHORIAS NA RUA DUQUE DE CAXIAS BAIRRO SANTO INÁCIO NO TRECHO COMPREENDIDO ENTRE O TREVO DA MARINA NA 386 ATÉ A RUA SANTO CERUTTI. </t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAM AO SR. PREFEITO MUNICIPAL A NECESSIDADE DE AMPLIAÇÃO DA REDE DE ÁGUA NA COMUNIDADE DA LINHA VILINHA ATÉ A RESIDENCIA DOS SENHORES ARMINDO DE SOUZA, PEDRO MITRUS, MIGUEL DALLANORA, TADEU KRAFTSUK E MARIA LAZARETTI</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NO DISTRITO DE OSVALDO CRUZ,  AMPLIAÇÃO DA REDE, O ALARGAMENTO E CASCALHAMENTO DA  RUA ENTRE AS RESIDÊNCIAS DE JOSÉ ROQUE ANTONELLO E JANDIRA CADONÁ. </t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO MUNICIPAL, ESTUDO NO SENTIDO DE REVITALIZAR O ENTORNO DO PÓRTICO TURÍSTICO DO DISTRITO DE OSVALDO CRUZ, OS TREVOS E LOCAIS PÚBLICOS DESTA COMUNIDADE. </t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE CALÇAMENTO, NO DISTRITO DE OSVALDO CRUZ, ÀS MARGENS DA BR 386 &amp;#8211; 158, TRECHO COMPREENDIDO ENTRE AS PROPRIEDADES DE VALDIR BALESTRIN E SIMONE HOFFMASTER.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO A NECESSIDADE DE MELHORAMENTO DE ESTRADA E COLOCAÇÃO DE TUBOS PARA ESCOAMENTO PLUVIAL NA LINHA GETÚLIO VARGAS</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO A NECESSIDADE DE FAZER A MANUTENÇÃO DE CALÇAMENTO NO BAIRRO SÃO FRANCISCO DE PAULA.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAM QUE CONSIDERANDO AS POSSIBILIDADES LEGAIS, SEJAM FEITAS OBRAS DE ESCOAMENTO E DRENAGEM PLUVIAL, BEM COMO O ALARGAMENTO DA REDE DE TUBOS JÁ EXISTENTES NA TRAVESSA SANTA TERESINHA, VIELA 34 E TRAVESSA CURIÓ, TODAS NO BAIRRO BARRIL.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM FEITAS MELHORIAS NAS ESTRADAS QUE LIGA A COMUNIDADE DE PEDRAS BRANCAS NO TRECHO ENTRE A RS 591 ATÉ A PONTE LAJEADO DO MICO. </t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJAM FEITAS MELHORIAS URGENTE NO LOTEAMENTO BOA ESPERANÇA BAIRRO FÁTIMA DEVIDO A FALTA DE URBANIDADE NAS RUAS DO MESMO._x000D_
 </t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO A NECESSIDADE DE MELHORIAS NO TRECHO ENTRE A LINHA ALTO ALEGRE E A LINHA MAZZONETTO. _x000D_
 </t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO A NECESSIDADE DE ATENÇÃO DA ADMINISTRAÇÃO MUNICIPAL PARA COM OS MORADORES NA LINHA IRAÍ.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJAM FEITAS MELHORIAS NAS RUAS SETE E NOVE, BAIRRO SÃO FRANCISCO DE PAULA.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAM QUE SEJA CONSTRUÍDO E DISPONIBILIZADO ACADEMIA AO AR LIVRE NO BAIRRO SÃO FRANCISCO DE PAULA.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/89/89_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/89/89_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJA EFETUADA A CONCLUSÃO DAS OBRAS DO GINÁSIO POLIESPORTIVO DO BAIRRO SÃO FRANCISCO DE PAULA E DISPONIBILIZAÇÃO PARA USO DA ASSOCIAÇÃO DE MORADORES</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO MUNICIPAL QUE SEJAM FEITAS MELHORIAS NA CALÇADA AO LADO DA ESCOLA ESTADUAL DE ENSINO FUNDAMENTAL NOSSA SENHORA DE FÁTIMA NA RUA TAPAJÓS, NO BAIRRO FÁTIMA. _x000D_
 </t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE MELHORIAS NA CANALIZAÇÃO DE ESGOTO NA RUA MARINGÁ, PROXIMO A CASA 95 BAIRRO FÁTIMA. _x000D_
 </t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO MUNICIPAL QUE SEJA FEITA LIMPEZA NA AVENIDA VICENTE DUTRA EM FRENTE À CAPELA E SALÃO DA COMUNIDADE NO BAIRRO FÁTIMA. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO A NECESSIDADE DE ALTERAÇÃO DE TRÂNSITO. _x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO MUNICIPAL QUE SEJAM TOMADAS AS PROVIDÊNCIAS EM RELAÇÃO AO ABASTECIMENTO DE ÁGUA POTÁVEL PARA SETE FAMÍLIAS NA RUA ATRÁS DA CONCREXAP, NA DESCIDA PARA LINHA ENCRUZILHADA. _x000D_
 </t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/95/95_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/95/95_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAM O SENHOR PREFEITO MUNICIPAL QUE SEJA FEITO ASFALTAMENTO NA RUA CARLOS GOMES COM ARTHUR MILANI PERTO DA EMPRESA BRIZOLA PNEUS.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAM AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE FAZER MELHORIAS NO SISTEMA DE ESGOTO NA RUA DOUTOR ALCÍDES CERUTI, SAÍDA COM O POSTO PALUDÃO</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO A NECESSIDADE DE FAZER NIVELAMENTO NA RUA 68 NO BAIRRO SÃO FRANCISCO DE PAULA. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO QUE SEJAM FEITAS AS SEGUINTES MELHORIAS, NA COMUNIDADE SANTOS ANJOS: NAS ESTRADAS DA COMUNIDADE COM CASCALHAMENTO E ROLO COMPACTADOR, NO ACESSO AO CEMITÉRIO, CASCALHAMENTO NO ESTACIONAMENTO JUNTO A IGREJA E A SEDE, MELHORIAS E AMPLIAÇÃO NA ILUMINAÇÃO PÚBLICA E CONSTRUÇÃO DE CALÇAMENTO NAS RUAS DO ENTORNO DA SEDE DA COMUNIDADE._x000D_
 </t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO MELHORIAS NAS ESTRADAS DAS COMUNIDADES DA LINHA GARLETE E BARRA DO BRAGA COM PATROLAMENTO, CASCALHAMENTO E ROLO COMPACTADOR_x000D_
 </t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE SEJA FEITA MELHORIAS NA ILUMINAÇÃO DO BAIRRO SANTO ANTÔNIO, EM ESPECIAL EM FRENTE AO COLÉGIO MUNICIPAL GIUSTO DAMO._x000D_
 </t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE MELHORIAS NA RUA 129, BAIRRO PRIMAVERA.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE MANUTENÇÃO DAS PRAÇAS.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE MELHORIAS NAS RUAS.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE INSTALAR BOCA DE LOBO._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE FAZER A MANUTENÇÃO DE FOSSA SÉPTICA._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE SEJAM FEITAS MELHORIAS NA ILUMINAÇÃO DA COMUNIDADE SÃO JOSÉ E ARREDORES._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO QUE SEJAM FEITAS MELHORIAS NA ESTRADA SANTO CAERAN, COMO: &amp;#8220; TAPA BURACOS&amp;#8221; NO CALÇAMENTO E LIMPEZA NAS MARGENS DA ESTRADA._x000D_
 </t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE ORDENAR O PARQUE DE EXPOSIÇÕES MONSENHOR VITOR BATTIESTELLA, DURANTE A MADRUGADA._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/112/112_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/112/112_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE REVER SENTIDO PREFERENCIAL.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/113/113_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/113/113_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO MELHORIAS NAS ESTRADAS  DA LINHA BARRA DO BRAGA COM PATROLAMENTO, CASCALHAMENTO E ROLO COMPACTADOR. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/114/114_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/114/114_texto_integral.docx</t>
   </si>
   <si>
     <t>QUE SEJAM FEITAS MELHORIAS URGENTE NO LOTEAMENTO BOA ESPERANÇA BAIRRO FÁTIMA, ESPECIALMENTE NA RUA TUPI, DEVIDO A FALTA DE URBANIDADE NAS RUAS DO MESMO.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/41/41_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">RATIFICA, CONVALIDA E LEGITIMA AS ARRECADAÇÕES EFETUADAS ATÉ O FINAL DO EXERCÍCIO 2016 PELOS VALORES FIXADOS NAS LEIS ESPECÍFICAS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/46/46_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE COOPERAÇÃO, CONCEDENDO AUXÍLIO FINANCEIRO AO UNIÃO FREDERIQUENSE DE FUTEBOL._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/42/42_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA PADRÃO DE VENCIMENTOS NO QUADRO DE CARGOS E FUNÇÕES DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/47/47_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 2.976/05, QUE TRATA SOBRE AS ALÍQUOTAS DE CONTRIBUIÇÃO DO REGIME PRÓPRIO DE PREVIDÊNCIA DOS SERVIDORES DO MUNICÍPIO DE FREDERICO WESTPHALEN/RS (RPPS), E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/48/48_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O COMITÊ DE INVESTIMENTOS DOS RECURSOS DO FUNDO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE FREDERICO WESTPHALEN/RS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/49/49_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/49/49_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DEFINE FUNÇÃO COMO DE NECESSIDADE TEMPORÁRIA E DE EXCEPCIONAL INTERESSE PÚBLICO, E AUTORIZA CONTRATAÇÃO EM CARÁTER TEMPORÁRIO E EMERGENCIAL. _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/43/43_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE AJUSTES NO QUADROS DE CARGOS E FUNÇÕES PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/50/50_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/50/50_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DEFINE FUNÇÃO COMO DE NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO E AUTORIZA A CONTRATAÇÃO DE SERVIDORES EM CARÁTER TEMPORÁRIO, EMERGENCIAL E DE EXCEPCIONAL INTERESSE PÚBLICO. _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/51/51_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/51/51_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE MÚTUA COOPERAÇÃO COM A ASSOCIAÇÃO COMERCIAL INDUSTRIAL E DE PRESTAÇÃO DE SERVIÇO DE FREDERICO WESTPHALEN &amp;#8211; ACI/FW - E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/52/52_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/52/52_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A ABERTURA DE CRÉDITOS ADICIONAIS ESPECIAIS E DÁ OUTRAS PROVIDÊNCIAS.  _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/44/44_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A REVISÃO DA REMUNERAÇÃO DOS PROFISSIONAIS DO MAGISTÉRIO, DOS SERVIDORES DO QUADRO GERAL, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/40/40_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVO DE LEI MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.  _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE AUXÍLIO E COOPERAÇÃO COM ENTIDADE SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/45/45_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/54/54_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/54/54_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE DESAFETAÇÃO E AUTORIZAÇÃO DE CONCESSÃO DE DIREITO REAL DE USO DE BEM PÚBLICO._x000D_
 </t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVO DE LEI MUNICIPAL QUE AUTORIZA A DOAÇÃO DE IMÓVEL URBANO À UNIVERSIDADE ESTADUAL DO RIO GRANDE DO SUL &amp;#8211; UERGS, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM O PIQUETE GAÚCHOS DO ALTO ALEGRE, DE LINHA ALTO ALEGRE. </t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE MANUTENÇÃO E LIMPEZA DE LOTES E TERRENOS NO PERÍMETRO URBANO DE FREDERICO WESTPHALEN, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
  _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO MUNICIPAL A RECEBER EM DOAÇÃO, A TÍTULO GRATUITO, BEM IMÓVEL DA MITRA DIOCESANA DE FREDERICO WESTPHALEN &amp;#8211; CAPELA SÃO PEDRO -, E DÁ OUTRAS PROVIDÊNCIAS_x000D_
 </t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVO DA LEI Nº 4.295, DE 29 DE DEZEMBRO DE 2015. _x000D_
 </t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, AUTORIZA A PRORROGAÇÃO DE CONTRATAÇÃO DE SERVIDORES EM CARÁTER TEMPORÁRIO E EMERGENCIAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/115/115_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/115/115_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, AUTORIZA A PRORROGAÇÃO DE CONTRATAÇÃO DE SERVIDORES EM CARÁTER TEMPORÁRIO E EMERGENCIAL E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/116/116_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/116/116_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA A DOAÇÃO DE BEM MÓVEL DO MUNICÍPIO AO PIQUETE ALTO ALEGRE, DE LINHA ALTO ALEGRE. _x000D_
          _x000D_
 </t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/117/117_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/117/117_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A GESTÃO DEMOCRÁTICA DO ENSINO PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/118/118_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/118/118_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA DISPOSITIVOS DA LEI Nº 3.286, DE 27 DE JUNHO DE 2008._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/120/120_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/120/120_texto_integral.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ALTERAÇÃO, ACRÉSCIMO E NOVA REDAÇÃO DOS ARTIGOS 1º, 3º, INCISO II, E 12, INCISO VII E §9º, TODOS DA LEI Nº 4.226, DE 10-7-2015, QUE INSTITUIU O PROGRAMA DE REGULARIZAÇÃO DAS EDIFICAÇÕES CLANDESTINAS OU IRREGULARES EM FREDERICO WESTPHALEN.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/121/121_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/121/121_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A REPASSAR RECURSOS FINANCEIROS DO FUNDO MUNICIPAL DA CRIANÇA E DO ADOLESCENTE A ENTIDADES. _x000D_
 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -1297,68 +1297,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/89/89_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/95/95_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/112/112_texto_integral.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/113/113_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/114/114_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/115/115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/116/116_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/117/117_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/118/118_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/120/120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/121/121_texto_integral.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/56/56_texto_integral.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/57/57_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/58/58_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/59/59_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/60/60_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/61/61_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/82/82_texto_integral.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/83/83_texto_integral.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/84/84_texto_integral.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/85/85_texto_integral.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/86/86_texto_integral.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/87/87_texto_integral.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/88/88_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/89/89_texto_integral.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/90/90_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/91/91_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/92/92_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/93/93_texto_integral.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/94/94_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/95/95_texto_integral.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/96/96_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/97/97_texto_integral.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/98/98_texto_integral.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/99/99_texto_integral.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/100/100_texto_integral.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/101/101_texto_integral.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/102/102_texto_integral.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/106/106_texto_integral.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/107/107_texto_integral.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/108/108_texto_integral.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/109/109_texto_integral.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/110/110_texto_integral.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/111/111_texto_integral.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/112/112_texto_integral.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/113/113_texto_integral.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/114/114_texto_integral.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/48/48_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/49/49_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/50/50_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/51/51_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/52/52_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/53/53_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/54/54_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/55/55_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/104/104_texto_integral.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/115/115_texto_integral.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/116/116_texto_integral.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/117/117_texto_integral.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/118/118_texto_integral.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/120/120_texto_integral.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2016/121/121_texto_integral.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>