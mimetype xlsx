--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -51,511 +51,511 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICAM AO SENHOR PREFEITO MUNICIPAL QUE SEJA CONSTRUÍDO UM PONTILHÃO SOBRE O LAJEADO PEDRAS BRANCAS, DANDO ACESSO AS PROPRIEDADES DE ADEMAR SALDANHA, DIOLIR BERTÉ E ADEMIR BERTÉ. </t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.docx</t>
   </si>
   <si>
     <t>A NECESSIDADE DE SOLUCIONAR O PROBLEMA  DA DRENAGEM  DA ÁGUA PLUVIAL NA RUA 14 DE JULHO, NO BAIRRO SANTO ANTONIO.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAM AO SENHOR PREFEITO MUNICIPAL A NECESSIDADE DE FAZER A MANUTENÇÃO DA REDE DE ILUMINAÇÃO PÚBLICA NA RUA MAUÁ E RUA NONOAI NO BAIRRO BARRIL.</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL QUE SEJA FEITO ESTACIONAMENTO PARA BICICLETAS EM FRENTE A PRÉDIOS COMERCIAS E BANCOS</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE SEJA FEITO CALÇAMENTO ADEQUADO NAS RUAS DE FREDERICO WESTPHALEN. </t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE SEJA TORNADO OBRIGATÓRIO A COLETA DE MATERIAIS PARA EXAMES LABORATORIAIS DE PESSOAS IDOSAS E/OU PORTADORAS DE DEFICIENCIAS ESPECIAIS.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA FEITA A LIMPEZA DO TERRENO LOCALIZADO NA RUA VICENTE DUTRA, BAIRRO FÁTIMA. </t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA REALIZADA MANUTENÇÃO NO TRECHO ENTRE A SEDE DA COMUNIDADE DA LINHA SÃO PAULO (IGREJA) E A PROPRIEDADE DO SENHOR JOSÉ SELVA._x000D_
 </t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE SEJA FEITA REDE DE ESGOTO NA RUA 9, BAIRRO SÃO FRANCISCO DE PAULA, EM FRENTE ÀS MALHAS CADONÁ. </t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE CALÇAMENTO, NO LOTEAMENTO BOA ESPERANÇA, TRAVESSA COQUEIROS NO BAIRRO FATIMA.  _x000D_
 </t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAM AO SENHOR PREFEITO MUNICIPAL QUE ANALISE A POSSIBILIDADE DE TORNAR OBRIGATÓRIO AOS PRÉDIOS E DEPARTAMENTOS PÚBLICOS DISPONIBILIZAR BANHEIROS PARA SEUS FREQUENTADORES. BEM COMO FAÇA A DEMARCAÇÃO DE VAGAS DE ESTACIONAMENTO PARA IDOSOS E PORTADORES DE NECESSIDADE ESPECIAIS EM FRENTE AOS MESMOS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.docx</t>
   </si>
   <si>
     <t>INDICAM AO SENHOR PREFEITO MUNICIPAL QUE NO ANO DE 2016, SEJA DISPONIBILIZADO PROTETOR SOLAR E REPELENTE PARA TODOS OS ALUNOS DAS ESCOLAS MUNICIPAIS DE EDUCAÇÃO INFANTIL &amp;#8211; EMEI E NAS ESCOLAS MUNICIPAIS DE ENSINO FUNDAMENTAL.</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>PDP</t>
   </si>
   <si>
     <t>Pedido de Providência</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">QUE SEJA REALIZADA A MANUTENÇÃO DOS EQUIPAMENTOS DA ACADEMIA AO AR LIVRE INSTALADA NO BAIRRO APARECIDA._x000D_
 </t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AJUSTES NO QUADROS DE CARGOS E FUNÇÕES PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O CÓDIGO DE POSTURAS DE FREDERICO WESTPHALEN E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.doc</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA DE ESTACIONAMENTO ROTATIVO DE FREDERICO WESTPHALEN E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.doc</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE FREDERICO WESTPHALEN PARA O EXERCÍCIO FINANCEIRO DE 2016, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.doc</t>
   </si>
   <si>
     <t>AFETA BEM IMÓVEL DOMINIAL PERTENCENTE AO MUNICÍPIO, EM FAVOR DA CÂMARA MUNICIPAL, PARA A CONSTRUÇÃO DE SUA SEDE PRÓPRIA.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI NO 1.424, DE 20 DE AGOSTO DE 1990, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE PREMIAÇÃO A CONSUMIDORES, MEDIANTE A UTILIZAÇÃO DA PLATAFORMA NOTA FISCAL GAÚCHA DO ESTADO DO RIO GRANDE DO SUL,  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A EFETUAR DOAÇÃO DE IMÓVEL URBANO À UNIVERSIDADE ESTADUAL DO RIO GRANDE DO SUL &amp;#8211; UERGS, E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>INSTITUI O COMITÊ DE INVESTIMENTOS DOS RECURSOS DO FUNDO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE FREDERICO WESTPHALEN/RS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.doc</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.doc</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">ALTERA A REDAÇÃO DO ART. 54 DA LEI COMPLEMENTAR MUNICIPAL Nº 001/1990, QUE DISPÕE SOBRE O REGIME JURÍDICO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.doc</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA O DEPARTAMENTO MUNICIPAL DO IDOSO E DÁ OUTRAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER INCENTIVO FINANCEIRO A EMPRESA INDUSTRIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AJUSTES NO QUADROS DE CARGOS E FUNÇÕES PÚBLICAS DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER INCENTIVO DE NATUREZA TRIBUTÁRIA A EMPRESA INDUSTRIAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">_x000D_
 AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE AUXÍLIO E COOPERAÇÃO COM ENTIDADE SOCIAL, E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CONCEDER AUXÍLIO FINANCEIRO A PRODUTOR RURAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A EFETUAR DOAÇÃO DE IMÓVEIS RURAIS SOB FORMA DE INCENTIVO A EMPRESAS INDUSTRIAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.docx</t>
   </si>
   <si>
     <t xml:space="preserve">DÁ NOVA REDAÇÃO À LEI MUNICIPAL Nº 4.025, DE 27 DE MARÇO DE 2014. </t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.docx</t>
   </si>
   <si>
     <t>CRIA O CONSELHO MUNICIPAL DE SANEAMENTO.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO DE COOPERAÇÃO COM A SOCIEDADE BENEFICENTE DO HOSPITAL DE CARIDADE E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.docx</t>
   </si>
   <si>
     <t>ALTERA ANEXOS DA LEI MUNICIPAL Nº 4.063, DE 9 DE JULHO DE 2014, QUE DELIMITA E LOCALIZA O PERÍMETRO DA SEDE URBANA MUNICIPAL CONSOLIDADA, ALÉM DE DEFINIR OS LIMITES DOS BAIRROS NO INTERIOR DA POLIGONAL FECHADA DA SEDE URBANA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.doc</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DE LEI MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ATUALIZAR OS VALORES DAS TAXAS DE LIXO E DE VISTORIA LICENÇA E LOCALIZAÇÃO E DO ISS FIXO E RATIFICA , CONVALIDA E LEGITIMA  AS ARRECADAÇÕES EFETUADAS ATÉ O FINAL DO EXERCÍCIO 2015 PELOS VALORES FIXADOS NA LEIS ESPECIFICAS  E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.docx</t>
+    <t>http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.docx</t>
   </si>
   <si>
     <t>INSTITUI O TURNO ÚNICO NA CÂMARA DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -862,68 +862,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/1/1_texto_integral.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/2/2_texto_integral.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/11/11_texto_integral.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/103/103_texto_integral.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/29/29_texto_integral.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/30/30_texto_integral.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fredericowestphalen.rs.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>